--- v0 (2025-11-03)
+++ v1 (2026-02-08)
@@ -8,68 +8,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10311"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/System/Volumes/Data/Development/cdmshelp-dev/collections/_rn/general-releases/25r3/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{138A180A-2DB8-B046-AB7C-AA559B2C0A2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{65528654-3650-EC4F-929B-61CF9EB362B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="51200" windowHeight="26860" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="740" yWindow="500" windowWidth="32120" windowHeight="22840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Info" sheetId="1" r:id="rId1"/>
     <sheet name="Veeva Vault RIA" sheetId="2" r:id="rId2"/>
     <sheet name="Change Log" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Veeva Vault RIA'!$A$1:$H$9</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="94">
   <si>
     <t xml:space="preserve">        25R3 Release Impact Assessment</t>
   </si>
   <si>
     <t>This document is a supplement to the Veeva Clinical Data Release Impact Assessment. It lists a set of Vault Platform features in 25R2 that can impact Clinical Data vaults.</t>
   </si>
   <si>
     <t>Revision Date:</t>
   </si>
   <si>
     <t>Full Release Notes:</t>
   </si>
   <si>
     <t>Full release notes, including additional details about each feature, are available on October 27, 2025 at the following locations:</t>
   </si>
   <si>
     <t>Veeva Vault Release Notes</t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
@@ -343,50 +343,57 @@
 - Modular Content: Document Info Panel Enhancements (25R3-0OQ039): GxP Risk updated from N/A to Low
 - Veeva AI: Quick Agent (25R3-0P6057): Feature Description updated
 - Veeva AI: Show Quick Check in the User's Language (25R3-0PF005): GxP Risk updated from Low to N/A 
 LIMS: 
 - Auto-Population of Key Fields for All Stability Lab Samples (25R3-0PV045): GxP Risk updated from Medium to N/A
 - Updated Indication Picklist (25R3-0PU007): GxP Risk updated from Low to N/A
 Quality:
 - Closing Items with Action Triggers (25R3-0NG029): Feature removed
 - Genealogy Check Using Bill of Materials (25R3-0OX053): GxP Risk updated from Medium to N/A
 - Operating System Information Tracking in Station Device Records (25R3-0PX015): GxP Risk updated from Low to N/A
 Regulatory:
 - EUDAMED Container Packages Submission Generation (25R3-0OX030): GxP Risk updated from Medium to High
 - Impact Assessment Enhancements (25R3-0OP013): Feature Description updated
 - RIM Bot Prediction Metrics Enhancement (25R3-0PZ005): GxP Risk updated from Low to N/A
 Safety:
 - Subgroups for Calculations: Data Model (25R3-0OT040): GxP Risk updated from High to N/A
 Veeva Connections:
 - Clinical Operations-EDC Connection: Auto-Create System Links in Site Connect (25R2-0Q1051): Feature removed
 - Study Training-Clinical Operations Connection: Auto-Create System Links in Site Connect (25R2-0Q3009): Feature removed</t>
   </si>
   <si>
     <t>The RIA now includes a list of all features in the 25R3 release and updated GxP Risks and Feature Descriptions.</t>
   </si>
   <si>
     <t>Initial RIA published.</t>
+  </si>
+  <si>
+    <t>Veeva Connections:
+- Clinical Operations-EDC Connection: CTMS Managed Protocol Deviations (25R3-0NT016): Enablement Setting updated from Auto-on to Configuration; Default Impact updated from Visible to All Users to Visible to Admins Only</t>
+  </si>
+  <si>
+    <t>The RIA now includes updated enablement settings.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="d\ mmm\ yyyy"/>
     <numFmt numFmtId="165" formatCode="mmmm\ d\,\ yyyy"/>
   </numFmts>
   <fonts count="16">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -624,51 +631,51 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -709,50 +716,56 @@
     <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="14" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
@@ -980,76 +993,78 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.veevavault.help/gr/release-notes/svf-current-release/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rn.veevavault.help/en/gr/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:B22"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="2" width="93.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="111" customHeight="1">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2" ht="40.5" customHeight="1">
       <c r="A2" s="25" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="26"/>
     </row>
     <row r="3" spans="1:2" ht="24.75" customHeight="1">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="4">
-        <v>45944</v>
+        <v>45996</v>
       </c>
     </row>
     <row r="4" spans="1:2" ht="35.25" customHeight="1">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="28.5" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:2" ht="25.5" customHeight="1">
       <c r="A6" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>8</v>
       </c>
@@ -1181,65 +1196,65 @@
       <c r="B22" s="6" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B6" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7:XFD7"/>
+      <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="26.5" customWidth="1"/>
     <col min="2" max="2" width="22.1640625" customWidth="1"/>
     <col min="3" max="3" width="25.5" customWidth="1"/>
     <col min="4" max="4" width="26.5" customWidth="1"/>
     <col min="5" max="5" width="18.6640625" customWidth="1"/>
     <col min="6" max="6" width="20.5" customWidth="1"/>
     <col min="7" max="7" width="35.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:8" ht="17">
       <c r="A1" s="16" t="s">
         <v>41</v>
       </c>
       <c r="B1" s="16" t="s">
         <v>42</v>
       </c>
       <c r="C1" s="16" t="s">
         <v>43</v>
       </c>
       <c r="D1" s="16" t="s">
         <v>44</v>
       </c>
       <c r="E1" s="16" t="s">
         <v>45</v>
       </c>
       <c r="F1" s="16" t="s">
         <v>46</v>
       </c>
       <c r="G1" s="16" t="s">
         <v>47</v>
       </c>
       <c r="H1" s="17" t="s">
         <v>48</v>
       </c>
     </row>
@@ -1362,57 +1377,57 @@
       </c>
       <c r="E6" s="19" t="s">
         <v>29</v>
       </c>
       <c r="F6" s="19" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="19" t="s">
         <v>67</v>
       </c>
       <c r="H6" s="20" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="52">
       <c r="A7" s="18" t="s">
         <v>69</v>
       </c>
       <c r="B7" s="19" t="s">
         <v>70</v>
       </c>
       <c r="C7" s="19" t="s">
         <v>71</v>
       </c>
       <c r="D7" s="19" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="E7" s="19" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="19" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G7" s="19" t="s">
         <v>72</v>
       </c>
       <c r="H7" s="20" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="117">
       <c r="A8" s="18" t="s">
         <v>69</v>
       </c>
       <c r="B8" s="19" t="s">
         <v>74</v>
       </c>
       <c r="C8" s="19" t="s">
         <v>75</v>
       </c>
       <c r="D8" s="19" t="s">
         <v>76</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="19" t="s">
@@ -1440,118 +1455,129 @@
       </c>
       <c r="E9" s="19" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="19" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="19" t="s">
         <v>80</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H9" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:C6"/>
+  <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="C14" sqref="C14"/>
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="18.1640625" customWidth="1"/>
     <col min="2" max="2" width="83.1640625" customWidth="1"/>
     <col min="3" max="3" width="62.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1">
       <c r="A1" s="27" t="s">
         <v>82</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="26"/>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1">
       <c r="A2" s="29" t="s">
         <v>83</v>
       </c>
       <c r="B2" s="30"/>
       <c r="C2" s="31"/>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1">
       <c r="A3" s="21" t="s">
         <v>84</v>
       </c>
       <c r="B3" s="22" t="s">
         <v>85</v>
       </c>
       <c r="C3" s="22" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="98">
-      <c r="A4" s="23">
+    <row r="4" spans="1:3" ht="61" customHeight="1">
+      <c r="A4" s="32">
+        <v>45993</v>
+      </c>
+      <c r="B4" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C4" s="33" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="84">
+      <c r="A5" s="23">
         <v>45944</v>
       </c>
-      <c r="B4" s="24" t="s">
+      <c r="B5" s="24" t="s">
         <v>87</v>
       </c>
-      <c r="C4" s="24" t="s">
+      <c r="C5" s="24" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="5" spans="1:3" ht="409" customHeight="1">
-      <c r="A5" s="23">
+    <row r="6" spans="1:3" ht="409" customHeight="1">
+      <c r="A6" s="23">
         <v>45940</v>
       </c>
-      <c r="B5" s="24" t="s">
+      <c r="B6" s="24" t="s">
         <v>89</v>
       </c>
-      <c r="C5" s="24" t="s">
+      <c r="C6" s="24" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="6" spans="1:3" ht="36" customHeight="1">
-      <c r="A6" s="23">
+    <row r="7" spans="1:3" ht="36" customHeight="1">
+      <c r="A7" s="23">
         <v>45936</v>
       </c>
-      <c r="B6" s="24" t="s">
+      <c r="B7" s="24" t="s">
         <v>91</v>
       </c>
-      <c r="C6" s="24" t="s">
+      <c r="C7" s="24" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>