--- v0 (2025-11-21)
+++ v1 (2026-02-08)
@@ -1,176 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10311"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/System/Volumes/Data/Development/cdmshelp-dev/collections/_rn/general-releases/25r3/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{87C2F8D7-B1E5-A749-B410-84AAD87F7497}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1CE37294-F5C5-D64A-B866-3DD85EB21BA3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2400" yWindow="500" windowWidth="33600" windowHeight="19460" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="500" windowWidth="51200" windowHeight="26860" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Info" sheetId="1" r:id="rId1"/>
     <sheet name="EDC RIA" sheetId="2" r:id="rId2"/>
     <sheet name="CDB RIA" sheetId="3" r:id="rId3"/>
     <sheet name="Change Log" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'CDB RIA'!$A$1:$K$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'EDC RIA'!$B$1:$L$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'CDB RIA'!$A$1:$K$12</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'EDC RIA'!$A$1:$K$67</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...80 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="912" uniqueCount="395">
-[...1 lines deleted...]
-    <t xml:space="preserve">                   25R3 Release Impact Assessment</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="914" uniqueCount="385">
+  <si>
+    <t xml:space="preserve">                          25R3 Release Impact Assessment</t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">For detailed feature descriptions, refer to the product release notes, which are available on </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color rgb="FF1155CC"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Veeva Clinical Data Help</t>
     </r>
     <r>
       <rPr>
         <u/>
@@ -319,51 +236,51 @@
       </rPr>
       <t>Enablement Fields</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>:</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>These four fields describe the availability and visibility of a feature on day 1 (if no configuration occurs), what configuration is required, and if the feature has any dependencies.</t>
     </r>
   </si>
   <si>
-    <t>Day 1 Impact to Sites</t>
+    <t>Day 1 Impact to Site Users</t>
   </si>
   <si>
     <t>This field indicates if this feature is visible and available to Site Users on day 1 if no configuration occurs.</t>
   </si>
   <si>
     <t>Users with Day 1 Visibility</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>This feature is visible to these users on day 1 if no configuration occurs.</t>
     </r>
   </si>
   <si>
     <t>Enablement</t>
   </si>
   <si>
     <t>This field lists the location(s) where configuration for this feature occurs, for example, "Studio" or "EDC Tools". Features that are only available to early adopters are marked as Early Adopter features. "Phased Release" indicates that the feature will be enabled in phases across customers after the general release. Veeva will notify customers about the timeline for the enablement of these features for their vaults. "Vault Admin" indicates that configuration must be performed by a Vault Owner in the vault's Admin area. "Auto-on" indicates that the feature does not require configuration by the user.</t>
   </si>
   <si>
@@ -400,117 +317,102 @@
       <t>Lists the user roles that may require updated training for this feature.</t>
     </r>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Application</t>
   </si>
   <si>
     <t>CDB Support</t>
   </si>
   <si>
     <t>GxP Risk</t>
   </si>
   <si>
     <t>Feature Description</t>
   </si>
   <si>
     <t>Training Impact</t>
   </si>
   <si>
     <t>Unique ID</t>
   </si>
   <si>
-    <t>Release Notes Link</t>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Permission and Security Updates</t>
+  </si>
+  <si>
+    <t>CDB, EDC</t>
   </si>
   <si>
     <t>Yes</t>
-  </si>
-[...4 lines deleted...]
-    <t>CDB, EDC</t>
   </si>
   <si>
     <t>CDB Read-only, Data Managers, Data Providers, Lead Data Managers, Super Users</t>
   </si>
   <si>
     <t>Auto-on</t>
   </si>
   <si>
     <t>Workbench</t>
   </si>
   <si>
     <t>We've updated the following standard roles:
 - New permission Upload 3rd Party Data Packages has been added to CDMS Lead Data Manager, CDMS Data Manager, CDB Data Provider, and CDMS Super User roles. This permission requires API Access.
 - The View Protocol Deviations permission has been added to the CDMS CDB Read Only role.</t>
   </si>
   <si>
     <t>CDB Read-only, Data Manager, Data Providers, Lead Data Manager, Super User</t>
   </si>
   <si>
     <t>25R3-07A019</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>Clinical Reporting: System Listing Updates</t>
   </si>
   <si>
     <t>Clinical Reporting</t>
   </si>
   <si>
     <t xml:space="preserve"> --</t>
   </si>
   <si>
     <t>Data Managers, Lead Data Managers</t>
   </si>
   <si>
     <t>This feature added system globally unique IDs (GUIDs) to the SYS listings to better align the SYS listings with the SDE (study data extract).  SYS listings included in data exports (including SFF) will automatically be updated upon the release, and will not display change detection.
 This also added the Query Open To Close calculated field.  This is a CQL change, so change detection would alert users to changes in existing exports.</t>
   </si>
   <si>
     <t>Data Manager, Lead Data Manager</t>
   </si>
   <si>
     <t>25R3-074020</t>
-  </si>
-[...10 lines deleted...]
-    <t>25R3-07D001</t>
   </si>
   <si>
     <t>Clinical Operations - EDC Connection: Enforcing Unique Study Names</t>
   </si>
   <si>
     <t>ClinOps Connection</t>
   </si>
   <si>
     <t>Vault Owners</t>
   </si>
   <si>
     <t>If the study name is transferred via the Clinical Operations - EDC Connection, renaming will fail, and a user exception message will be created if the study name from CTMS matches the study name of any other EDC instance.
 This functionality can't be tested exclusively in EDC, but requires integrated testing with Veeva CTMS. This feature maps to the "Clinical Operations-EDC Connection: Prevent EDC Study Name Duplicates" (25R3-0Q3007) feature in the Vault RIA.</t>
   </si>
   <si>
     <t>Vault Administrator</t>
   </si>
   <si>
     <t>25R3-074001</t>
   </si>
   <si>
     <t>Clinical Operations - EDC Connection:  Display CTMS Link in EDC</t>
   </si>
   <si>
     <t>ClinOps Connection, EDC</t>
@@ -651,139 +553,141 @@
   <si>
     <t>Safety Administrators</t>
   </si>
   <si>
     <t>If a cross-form derivation rule is triggered that is targeting a derived item on a form in the Safety Case, and that results in a data change, the subject will now be marked for Follow-Up inspection.</t>
   </si>
   <si>
     <t>Safety Administrator</t>
   </si>
   <si>
     <t>25R3-07A002</t>
   </si>
   <si>
     <t>New Column in Studio Diff Report for Comparison Rules V1</t>
   </si>
   <si>
     <t>EDC</t>
   </si>
   <si>
     <t>Librarians, Study Designers</t>
   </si>
   <si>
     <t>Comparison Rules V1 </t>
   </si>
   <si>
+    <t xml:space="preserve">When Comparison Rules are changed or archived, the Studio-generated Comparison (Diff) Report shows blank values in the Event Group, Event, Form, Item Group, Item Operator, and Compare To columns. This is expected when comparing study design builds across environments since the source study no longer has the original comparison rule present in the design.  A new column, "Rule Name" is added in the Comparison Rules tab of the Diff report to help clarify which V1 comparison rule is [not present] in the source environment and [present] in the target environment. The new Rule Name column indicates rule modifications in the following cases:
+- The comparison rule is archived in the source study and unarchived in the target study
+- The comparison rule exists in the target study but not the source study
+- The comparison rule is present in the source and target studies, but the rule was updated in source study, resulting in separate rows to show the different rule
+</t>
+  </si>
+  <si>
     <t>Librarian, Study Designer</t>
   </si>
   <si>
     <t>25R3-073005</t>
   </si>
   <si>
     <t>Improved UI for Grid Views During Auto-save</t>
   </si>
   <si>
     <t>Sites</t>
   </si>
   <si>
     <t>The UI has been improved in Data Entry within repeating item groups configured with the grid view design. Previously the auto-save did not show the value until the auto-save fully completed, causing users to think the value was not entered. This primarily occurred while rapidly entering data and quickly navigating across grid views containing a large number of rows and columns. Similar to non-gridded items, users will now see the value grayed out (uneditable) during the auto-save process, making it clearer that the data is saving as they are quickly navigating across the items in the grid view. </t>
   </si>
   <si>
     <t>Clinical Research Coordinator, Investigator, Sub Investigator</t>
   </si>
   <si>
     <t>25R3-073006</t>
   </si>
   <si>
     <t>Disable Audit during PPT Study Deletion</t>
   </si>
   <si>
     <t>PPT environment deletion</t>
   </si>
   <si>
-    <t xml:space="preserve">To improve performance of the PPT environment(s), deletion records as seen by Vault Owners in Admin and resulting from a PPT environment deletion are now removed from the Object Audit History. The deletion records previously retained from the PPT environment deletion are now cleaned up and removed. Note, actions and revisions to data within the active PPT environments are always included in the audit trail. PPT environments and production data are not available for testing in Pre-release.
-[...13 lines deleted...]
-- signature_readiness__v
+    <t>25R3-073008</t>
+  </si>
+  <si>
+    <t>Studio Copy Improvements</t>
+  </si>
+  <si>
+    <t>New Studio copies, Imaging (when copying Imaging forms)</t>
+  </si>
+  <si>
+    <t>A new Preview button in the Studio Copy dialog allows designers and librarians to receive and review an output of the draft results prior to committing the actual copy. Users receive an email notification with a link to download the results in .xlsx format. The name of the file contains "_P" to differentiate the preview results from the actual copy results. Additionally, Imaging forms can now be included in the Studio Copy when copying studies, event groups, events, or forms as long as both the source and destination studies have Imaging enabled. </t>
+  </si>
+  <si>
+    <t>25R3-073009</t>
+  </si>
+  <si>
+    <t>Copy Study Settings</t>
+  </si>
+  <si>
+    <t>New Studio copies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Study settings are now included when creating a new study from a copy of another study or library. The New Study dialog in Studio now includes the following checkbox: “Copy study settings only”.  When the checkbox is selected, only the study settings are copied from the selected source study. When not selected, the whole study or library is copied, also including the study settings.
+- Study configurations
+- Definition defaults
+- Study 
+- Signature definitions
+- Labs &gt; Study General Settings
+- Tools &gt; Coder Tools &gt; Study Settings (not including form configurations)
 </t>
   </si>
   <si>
-    <t>25R3-073008</t>
-[...23 lines deleted...]
-  <si>
     <t>25R3-073010</t>
   </si>
   <si>
     <t>Read-only Items Default to No Review</t>
   </si>
   <si>
     <t>New Review Plans</t>
   </si>
   <si>
     <t>When creating new review plans in Studio, an icon will appear next to read only items and next to forms which contain read only items. Read-only items will be set to “No Review” by default, while still providing the option to revise the review plan requirements. Additionally a checkbox, "Skip read only items" will appear at the top of the form selections.  When checked, the read only items will be excluded during bulk actions to revise the configurations. </t>
   </si>
   <si>
     <t>25R3-073011</t>
   </si>
   <si>
     <t>Studio: Enable Configuration Settings for New Studies</t>
   </si>
   <si>
     <t>New studies</t>
+  </si>
+  <si>
+    <t>The following study settings will now be automatically enabled when creating new studies:
+- Enforce Study Language  
+- Enable Team Query Restrictions
+- Enable Quick Queries
+For testing in Pre-release vaults, contact Veeva Support.</t>
   </si>
   <si>
     <t>25R3-073012</t>
   </si>
   <si>
     <t>Study Locking &amp; Billing Enhancements</t>
   </si>
   <si>
     <t>Lead Data Managers</t>
   </si>
   <si>
     <t>Production vaults only, non-ELA customers</t>
   </si>
   <si>
     <t>This feature introduces a more streamlined workflow for aligning a study's Billing Status and data lock status. When a user sets the billing status to Locked, the system will automatically lock the study data. This feature also includes optional, configurable logic to synchronize these statuses in the reverse direction, providing flexibility for different operational needs.</t>
   </si>
   <si>
     <t>Lead Data Manager</t>
   </si>
   <si>
     <t>25R3-073013</t>
   </si>
   <si>
     <t>Pre-Deployment Difference (Diff) Report</t>
   </si>
@@ -845,54 +749,50 @@
   <si>
     <t>Job Site Selection Enhancement</t>
   </si>
   <si>
     <t>CRAs, Data Managers, Lead Data Managers, Librarians, Study Designers</t>
   </si>
   <si>
     <t xml:space="preserve">The site selections for jobs in EDC Tools and Review have been improved to match other job dialogs, now including the site number along with the site name. This update applies to these jobs:
 - Detailed PDF
 - Core Listings
 - DMR Re-assignment
 - SDV Re-assignment
 - Recalculate Normalized Datetime Values
 </t>
   </si>
   <si>
     <t>Clinical Research Associate, Data Manager, Deployment Administrator, Lead Data Manager, Librarian, Study Designer</t>
   </si>
   <si>
     <t>25R3-074005</t>
   </si>
   <si>
     <t>SDE: Support Lab Location Time Zone and Fasting Status in SYS Files</t>
   </si>
   <si>
-    <t>The 25R3 version of the SDE includes new columns in the SYS_LABLOC (LABTIMEZONE) and SYS_LABRANGES (LBFAST) files to display the new lab time zone and fasting status items. We've also renamed the LABFEMCYCLE column to LBFEMALECYCLE.
-[...2 lines deleted...]
-  <si>
     <t>25R3-074007</t>
   </si>
   <si>
     <t>Show Mark DNO Button for Confirm Value Quick Queries on Blank Events</t>
   </si>
   <si>
     <t>Confirm Value type Quick Queries on blank events (either through CDB Workbench or an event that was reset with a manual query) will display the options to mark the event DNO, to respond to the query, or to enter the event details.</t>
   </si>
   <si>
     <t>Clinical Research Associate, Clinical Research Coordinator, Data Manager, Lead Data Manager</t>
   </si>
   <si>
     <t>25R3-074009</t>
   </si>
   <si>
     <t>Studio Copy: Rule Identifier Matching</t>
   </si>
   <si>
     <t>New Studio copies.</t>
   </si>
   <si>
     <t>When copying rules, if matching private keys are not found for the rule identifiers, the copy job will attempt to match and replace portions of the rule identifiers using the names of the design objects found in the destination Study/Library.  Portions of the identifiers will only show "null" when no system key or name match is found for the Event Groups, Events, Forms, and Items. Resulting log files document name matches that result in updates to the identifiers. Rules that could not be matched on name will show in the log as  "Rule copied and marked invalid - missing destination study references". The Study Design Specifications (SDS) will show the updated identifiers in the rule expression column. When the names within the identifiers are matched, the Studio "Diff" report will see the rules as the same and will not indicate them as differences.</t>
   </si>
   <si>
     <t>25R3-074011</t>
@@ -947,50 +847,54 @@
     <t>The Closeout Activity now displays events in the study’s selected Study Language for studies with the Study Language setting enforced.</t>
   </si>
   <si>
     <t>25R3-074015</t>
   </si>
   <si>
     <t>User Defined Permission Set Behavior Matches Admin UI</t>
   </si>
   <si>
     <t>Lead Data Managers, User Administrators</t>
   </si>
   <si>
     <t>The behavior of the Object Field Permissions dialog, accessed from the User Defined Permission Sets area within System Tools, has been updated to better align with the Admin UI. This update ensures the UI displays the current checkbox selections for the Field Names as seen in the initial opening of the dialog box. This update helps align the UI behavior seen in System Tools with the Admin UI.</t>
   </si>
   <si>
     <t>Lead Data Manager, User Administrator</t>
   </si>
   <si>
     <t>25R3-079002</t>
   </si>
   <si>
     <t>Minimum Number of Repeating Forms</t>
   </si>
   <si>
     <t>Librarians, Study Designers, Super Users</t>
+  </si>
+  <si>
+    <t>Study designers are now able to set a minimum number of repeats on the properties of repeating forms, which will automatically add the number of repeat form instances to the schedule in Data Entry. A new column for Repeat Minimum will display in the Studio Forms grid to support this. The Study Design Specifications (Schedule Tree) now includes a new column, “RMin”, and the Studio-generated PDF has been updated to include the configured number of minimum repeats. Study amendments to the min value are permitted in Studio and are reflected in the Studio Comparison (Diff) Report. Study builders can update a form's repeat minimum value in a new version. When initiating a retrospective amendment on existing subjects, the system will create the new min repeat number of form instances, if they don't already exist. Note that retrospective amendments will not delete any form instances that already exist if the user reduces the repeat min number.
+Each unsubmitted or incomplete form repeat will be included in the Missing or Incomplete Forms reports. Form statuses will be reflected in the Review tab, the 25R3 version of the Study Data Extracts (SDE) job, and Progress Listing jobs. As part of this feature, sites will also have the ability to use a new “Expand Repeating Items" toggle in Data Entry to display data for repeating forms that also have a repeating item group.</t>
   </si>
   <si>
     <t>25R3-079003</t>
   </si>
   <si>
     <t>Completion Guidelines</t>
   </si>
   <si>
     <t>Lead Data Managers, Librarians, Study Designers, User Administrators</t>
   </si>
   <si>
     <t>The user's browser must be configured to allow for popups. If your browser doesn't allow popups, the Completion Guidelines PDF will open in a new tab.</t>
   </si>
   <si>
     <t>Users with the Edit Study Settings permission can upload Completion Guidelines (PDF) in a new setting within EDC Tools &gt; Study Settings. Once a Study has Completion Guidelines, a Completion Guidelines option displays in the Data Entry and Review tabs with options to view the PDF file in a popup or to download it. </t>
   </si>
   <si>
     <t>25R3-079007</t>
   </si>
   <si>
     <t>Update Rule Execution Order for Subject Status Rules</t>
   </si>
   <si>
     <t>Lead Data Managers, Study Designers</t>
   </si>
@@ -1044,51 +948,51 @@
   <si>
     <t>API Read Write, Lead Data Managers, User Administrators</t>
   </si>
   <si>
     <t>To support increased access to the User Training and User Access reports, we are making the following changes:
 User Training Report
 - The User Training Report accessible from EDC Tools now includes a filter for Study Site Selection. 
 - API endpoints have been created for the report. 
 User Access Report
 - We've removed the six-month window limit when running the User Access Report from System Tools.
 - API endpoints have been created for the User Access Report. Report duration limits are in place for jobs initiated by the API, with datetime values supported. The report duration must be between one hour and six months. </t>
   </si>
   <si>
     <t>API Read Write, Lead Data Manager, User Administrator</t>
   </si>
   <si>
     <t>25R3-079016</t>
   </si>
   <si>
     <t>Studio: New Option for Displaying Default Data in Study Specification PDFs</t>
   </si>
   <si>
     <t>Default Data is configured on Item Group(s).</t>
   </si>
   <si>
-    <t>When creating specifications from Studio and selecting "All CRFs" or "Unique CRFs",  a new checkbox, "Single Repeating Item Group Copy", is included for the PDF Options. The use of the setting will display the form with the collective set of defaults used for the visibility criteria and provide an appendix within the PDF to further specify the item group defaults and detail the visibility criteria. When unchecked, the form will be repeated  for each of the configured visibility criteria with the selected default data displaying as separate item group instances.</t>
+    <t>When creating specifications from Studio and selecting "All CRFs" or "Unique CRFs",  a new checkbox, "Single Repeating Item Group Copy", is included for the PDF Options. The use of the setting will display the form with the collective set of defaults used for the visibility criteria and provide an appendix within the PDF to further specify the item group defaults and detail the visibility criteria. When unchecked, the from will be repeated  for each of the configured visibility criteria with the selected default data displaying as separate item group instances.</t>
   </si>
   <si>
     <t>25R3-079018</t>
   </si>
   <si>
     <t>Set Obsolete on Dynamic Rules</t>
   </si>
   <si>
     <t>This feature provides a more transparent and controlled way to handle updates to dynamic rules, preventing unintended roll back of dynamic Forms, Events, and Event Groups. When a dynamic rule's action or action scope is modified, its previous result records are now intelligently marked with a new "obsolete" status instead of being immediately removed. This creates a more traceable history of changes on the backend and ensures a dynamic Form, Event, or Event Group is only removed when there is no other valid rule adding it.</t>
   </si>
   <si>
     <t>25R3-07A003</t>
   </si>
   <si>
     <t>Item Groups and Items Created Concurrently with Forms</t>
   </si>
   <si>
     <t>Phased Release</t>
   </si>
   <si>
     <t>The creation of a Form now directly creates the underlying Item Groups and Items. For performance reasons, the previous behavior was to only create the Item Groups and Items when the first data point was entered on the Form.
 In the audit trail, the creation datetime of the Form will match with the creation datetime of the underlying Item Groups and Items. The creation will be attributed to the user as "System on behalf of {user}" and the change reason "Changes prior to submission" will be added for Items with default data.</t>
   </si>
   <si>
     <t>Auditor Read Only, Data Manager, Lead Data Manager, Vault Administrator</t>
@@ -1139,61 +1043,57 @@
 - Codelist display "Threshold Lower Range" is updated to 4
 - Codelist display considers repeating item groups and editable grid views to log better results
 - Additional information is included in the Object Name(s) column
 - A new "Form" column has been added to the Exception Log tab to help with form_unnecessary_copy, codelist_display, form_order and rule checks
 - The SDS is included with the Study Grade Report</t>
   </si>
   <si>
     <t>25R3-07A010</t>
   </si>
   <si>
     <t>Improved Multi-Vault User Experience</t>
   </si>
   <si>
     <t>When users are working with different vaults in different browser tabs or windows, Vault sessions will remain active in all tabs if the user chooses the Vault Selector to change vaults within a tab or window.</t>
   </si>
   <si>
     <t>25R3-07A011</t>
   </si>
   <si>
     <t>Site User Training Report for Review Users</t>
   </si>
   <si>
     <t>CRAs, Data Managers</t>
   </si>
   <si>
-    <t xml:space="preserve">We've added the User Training Report to the Review Tab under Listings and Exports to support increased access to site user training information. Users with the standard CDMS Clinical Research Associate or CDMS Data Manager roles, or a custom role with Review Tab access and Manage Jobs permission, can now run the User Training Report. The report shows training information for Site Users with access to the selected site. Users can only run the report for study sites that they have access to.
-[...2 lines deleted...]
-  <si>
     <t>Clinical Research Associate, Data Manager</t>
   </si>
   <si>
     <t>25R3-07A020</t>
   </si>
   <si>
-    <t>Automatically Inactivate Related Rules on Event Group Changes to Non-Dynamic</t>
+    <t>Automatically Inactivate Related Rules and Visibility Criteria on Event Group Changes to Non-Dynamic</t>
   </si>
   <si>
     <t>Changing an Event Group from Dynamic to non-Dynamic automatically sets the status of the related Add Event Group rules to Inactive. Studio provides a warning that identifies which rules have been set to Inactive.</t>
   </si>
   <si>
     <t>25R3-07B001</t>
   </si>
   <si>
     <t>Icons added to Normal Range Indicator Values in Review Tab</t>
   </si>
   <si>
     <t>EDC, Labs</t>
   </si>
   <si>
     <t>Icons for lab normal range indicators (high, low, abnormal, inconclusive, etc.) are now visible in Data Review to consistency with Data Entry.</t>
   </si>
   <si>
     <t>Clinical Research Associate, Data Manager, Lead Data Manager</t>
   </si>
   <si>
     <t>25R3-071003</t>
   </si>
   <si>
     <t>Local Lab Item Property Panel Updates</t>
   </si>
@@ -1273,53 +1173,53 @@
   </si>
   <si>
     <t>25R3-07A004</t>
   </si>
   <si>
     <t>Prevent Autosave of Clinical Significance Value When Not Enabled for Entry</t>
   </si>
   <si>
     <t>Labs</t>
   </si>
   <si>
     <t>Lab Result Clinical Significance enabled for study.</t>
   </si>
   <si>
     <t>Clinical Significance values in Lab Panels will no longer autosave when the lab result is not out of range per the Normal Range Flag value and Clinical Significance should not be entered.</t>
   </si>
   <si>
     <t>25R3-071004</t>
   </si>
   <si>
     <t>Pre-fill Lab Result Unit Based on Normal Range Unit Behavior</t>
   </si>
   <si>
     <t>Prior to this release, units for analyte results were pre-filled with the standard lab unit item definition on that Lab Unit Definition when there was no normal range found for analytes with the Unit data type.
 This release introduces the following behavior:
- - If there is a normal range value/unit available for the analyte, the lab result unit and Lab Normal Override unit will be pre-set with the same unit in the normal range. If there are multiple unit options available, a site user can modify the unit value manually as needed.
-[...1 lines deleted...]
-- If there is no normal range value/unit available for the analyte, the lab result unit and Lab Normal Override unit will be left blank. The user can select a unit for the lab result from the available options.</t>
+If there is a normal range value/unit available for the analyte, the lab result unit and Lab Normal Override unit will be pre-set with the same unit in the normal range.If there are multiple unit options available, a site user can modify the unit value manually as needed.
+If there is only one unit item definition for this unit definition, then lab result unit and Lab Normal Override unit are pre-filled with this unit item definition.
+If there is no normal range value/unit available for the analyte, the lab result unit and Lab Normal Override unit will be left blank. The user can select a unit for the lab result from the available options.</t>
   </si>
   <si>
     <t>Clinical Research Coordinator</t>
   </si>
   <si>
     <t>25R3-071007</t>
   </si>
   <si>
     <t>Allow Lab Unit Item Definition Conversion Factors to be Disabled</t>
   </si>
   <si>
     <t>Lab Data Managers, Lead Data Managers, Study Designers</t>
   </si>
   <si>
     <t>All studies in the vault using Local Labs must be on the global version</t>
   </si>
   <si>
     <t>Lab unit conversions can now be disabled within Veeva EDC to support customers who manage unit conversions outside of EDC.
 When this feature is enabled for the vault, users creating or editing Lab Unit Definitions have the option to Disable Unit Conversions. Selecting this option disables entry in the Standard field and the conversion-related fields.  Any previously entered conversions and Standard selections will be cleared out.
 Disabling unit conversion factors will affect rules using the value_translated__v or translated_unit__v identifiers, and Normal Range Flags will show 'Not Applicable' if lab result and normal range units don't match. 
 Vaults with this feature enabled can import lab units using a version of the import file that includes a column for the Disable Unit Conversion option.</t>
   </si>
   <si>
     <t>Lab Data Manager, Lead Data Manager, Study Designer</t>
   </si>
@@ -1408,370 +1308,358 @@
   <si>
     <t>Drag-and-Drop 3PD Package Upload</t>
   </si>
   <si>
     <t>CDB</t>
   </si>
   <si>
     <t>Data Managers, Data Providers, Lead Data Managers, Super Users</t>
   </si>
   <si>
     <t>A new option in CDB allows users with the new Upload 3rd Party Data Packages permission the ability to load third party and OpenEDC data from within CDB, instead of via FTP.</t>
   </si>
   <si>
     <t>Data Manager, Data Providers, Lead Data Manager, Super User</t>
   </si>
   <si>
     <t>25R3-073016</t>
   </si>
   <si>
     <t>Protocol Deviation Management</t>
   </si>
   <si>
     <t>This feature is Auto-on in vaults configured for Protocol Deviations in Studio. Other vaults require configuration.</t>
   </si>
   <si>
+    <t>25R3-073017</t>
+  </si>
+  <si>
+    <t>Dynamically Include Column Values in Query &amp; Observation Messages</t>
+  </si>
+  <si>
+    <t>Query and observation text can now include dynamic messages. These are tokens that pull data from the listing to include in the message. Dynamic messaging will be supported by single, batch, check, and listing defined standard quick queries.</t>
+  </si>
+  <si>
+    <t>25R3-073018</t>
+  </si>
+  <si>
+    <t>Listing Defined Standard Quick Query</t>
+  </si>
+  <si>
+    <t>Quick Queries</t>
+  </si>
+  <si>
+    <t>CDB users can now create a standard message in a custom listing to be used as a Quick Query option, ensuring consistent communication to the sites.</t>
+  </si>
+  <si>
+    <t>25R3-073019</t>
+  </si>
+  <si>
+    <t>Support Testing SFF in TST Studies</t>
+  </si>
+  <si>
+    <t>Incremental SFF (Support)</t>
+  </si>
+  <si>
+    <t>25R3-074008</t>
+  </si>
+  <si>
+    <t>Smart Reprocess of 3PD Packages</t>
+  </si>
+  <si>
+    <t>Production study third-party data packages will now only reprocess if the previous load of data contained D-002, D-003, or D-004 warnings.</t>
+  </si>
+  <si>
+    <t>25R3-074017</t>
+  </si>
+  <si>
+    <t>CDB Workbench: System Listing Updates</t>
+  </si>
+  <si>
+    <t>25R3-074019</t>
+  </si>
+  <si>
+    <t>Reference Data Import: Increase the Maximum Number of Columns to 35</t>
+  </si>
+  <si>
+    <t>Imported reference data can now include up to 35 columns.</t>
+  </si>
+  <si>
+    <t>25R3-074021</t>
+  </si>
+  <si>
+    <t>Filter by Observation Status in Review Listings</t>
+  </si>
+  <si>
+    <t>CDB Users, Data Managers, Lead Data Managers</t>
+  </si>
+  <si>
+    <t>Review listings will now provide the ability to filter the listing by Review Status, Query Status and Observation Status.</t>
+  </si>
+  <si>
+    <t>25R3-074022</t>
+  </si>
+  <si>
+    <t>Restrict 3PD as Primary Source for Veeva EDC Studies</t>
+  </si>
+  <si>
+    <t>A new validation prevents third-party data from being designated as the primary source for studies that are configured to ingest data from Veeva EDC.</t>
+  </si>
+  <si>
+    <t>25R3-07C001</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color rgb="FFFFFFFF"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Change Log</t>
+    </r>
+  </si>
+  <si>
+    <t>This feature list is subject to change prior to the release. We will begin tracking changes on: October 13, 2025.</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Change</t>
+  </si>
+  <si>
+    <t>Impact</t>
+  </si>
+  <si>
+    <t>Published the initial version of the RIA.</t>
+  </si>
+  <si>
     <t>CDB users can now create and inactivate Protocol Deviations (PDs) in CDB on Subjects, Events, Forms, and Items for both EDC and third party data. PDs can also be created programmatically via checks. Protocol deviations are available for exports and included in the SFF.</t>
   </si>
   <si>
-    <t>25R3-073017</t>
-[...101 lines deleted...]
-  <si>
     <t>Updated the description for "Protocol Deviation Management" to cover changes to exports and the SFF.</t>
   </si>
   <si>
     <t>The RIA now includes up to date descriptions.</t>
   </si>
   <si>
-    <t>Added the "Protocol Deviation Listings &amp; Exports" feature to cover the changes to EDC Clinical Reporting for Protocol Deviations.
-Updated wording of the Disable Audit during PPT Study Deletion feature record to clarify that the list is of deletion records no longer included in the Object Audit History.</t>
+    <t>This feature is Auto-on in vaults configured for Protocol Deviations in Studio.</t>
+  </si>
+  <si>
+    <t>25R3-07D001</t>
+  </si>
+  <si>
+    <t>Protocol Deviation Listings &amp; Exports</t>
   </si>
   <si>
     <t>The RIA now includes up to date features and descriptions.</t>
+  </si>
+  <si>
+    <t>New core listings for Protocol Deviations (PD) are available to view in the new Protocol Deviations page, and can be included in exports. The SYS_PD listing will automatically be included in the SFF. The cell details panel will display PDs created in EDC, as well as a new icon at the row and cell level to show where a PD was created.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">It will now be possible to enable the Study File Format (SFF) API for CDB Workbench studies in TST environments. After SFF is enabled, it becomes disabled under two conditions: if 30 days pass since the last package download, or if the user never downloads the package. If SFF is disabled, the user can re-enable it in EDC Tools, which requires the full extract to be processed again. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">We've added the User Training Report to the Review Tab under Listings and Exports to support increased access to site user training information. Users with the standard CDMS Clinical Research Associate or CDMS Data Manager roles, or a custom role with Review Tab access and Manage Jobs permission, can now run the User Training Report. The report shows training information for Site Users with access to the selected site. Users can only run the report for study sites that they have access to.
+</t>
+  </si>
+  <si>
+    <t>The 25R3 version of the SDE includes new columns in the SYS_LABLOC (LABTIMEZONE) and SYS_LABRANGES (LBFAST) files to display the new lab time zone and fasting status items. We've also renamed the LABFEMCYCLE column to LBFEMALECYCLE.
+SDE Versions 22R3 and later may see an ID length change in the GUID column of SYS_QT due to an underlying infrastructure change.</t>
   </si>
   <si>
     <t>Updated the description for Support Testing SFF in TST Studies. The new description reads: It will now be possible to enable the Study File Format (SFF) API for CDB Workbench studies in TST environments. After SFF is enabled, it becomes disabled under two conditions: if 30 days pass since the last package download, or if the user never downloads the package. If SFF is disabled, the user can re-enable it in EDC Tools, which requires the full extract to be processed again. 
 Updated the description for Site User Training Report for Review Users to include the correct report name, which is called the User Training Report.
 Updated the description for SDE: Support Lab Location Time Zone and Fasting Status in SYS Files to include the affected column mentioned in the SYS_Q dataset.</t>
   </si>
   <si>
+    <t>11/4/2025 3:45 PM PDT</t>
+  </si>
+  <si>
     <t>Updated the description for Disable Audit during PPT Study Deletion to clarify that the deletion records are removed from the Object Audit History for the listed objects, and that this can be found in the Admin section.</t>
   </si>
   <si>
-    <t>Updated the name of the Automatically Inactivate Related Rules on Event Group Changes to Non-Dynamic feature to remove mention of Visibility Criteria which are not impacted by this feature.
-[...49 lines deleted...]
-- The comparison rule is present in the source and target studies, but the rule was updated in source study, resulting in separate rows to show the different rule
+    <t>Added the "Protocol Deviation Listings &amp; Exports" feature to cover the changes to EDC Clinical Reporting for Protocol Deviations.
+Updated wording of the Disable Audit during PPT Study Deletion feature record to clarify that the list is of deletion records no longer included in the Object Audit History.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">To improve performance of the PPT environment(s), deletion records as seen by Vault Owners in Admin and resulting from a PPT environment deletion are now removed from the Object Audit History. The deletion records previously retained from the PPT environment deletion are now cleaned up and removed. Note, actions and revisions to data within the active PPT environments are always included in the audit trail. PPT environments and production data are not available for testing in Pre-release.
+The following deletion records will no longer appear:
+item2__v
+item_group2__v
+item_history2__v
+item__v
+item_group__v
+item_history__v
+query_message__v
+review_state__v
+execution_data_state__v
+coding_request__v
+rule_result__v
+signature_binding__v
+signature_readiness__v
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>11/13/2025 2:30 PM PDT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="m/dd/yyyy"/>
-    <numFmt numFmtId="165" formatCode="m/d/yyyy"/>
-    <numFmt numFmtId="166" formatCode="mm/dd/yyyy"/>
+    <numFmt numFmtId="165" formatCode="[$-409]m/d/yyyy"/>
+    <numFmt numFmtId="166" formatCode="m/d/yyyy"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="9"/>
       <color theme="1"/>
-      <name val="Roboto"/>
-[...20 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
-      <sz val="9"/>
-      <color rgb="FF000000"/>
+      <sz val="16"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF1155CC"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF1F3864"/>
         <bgColor rgb="FF1F3864"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF9900"/>
         <bgColor rgb="FFFF9900"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF7981D"/>
         <bgColor rgb="FFF7981D"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
@@ -1809,318 +1697,275 @@
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
-[...42 lines deleted...]
-      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="9" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...35 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>104775</xdr:colOff>
+      <xdr:colOff>133350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="4038600" cy="685800"/>
+    <xdr:ext cx="3467100" cy="581025"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="image1.png" title="Image">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Sheets">
       <a:majorFont>
-        <a:latin typeface="Aptos Narrow"/>
-[...1 lines deleted...]
-        <a:cs typeface="Aptos Narrow"/>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface="Calibri"/>
+        <a:cs typeface="Calibri"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow"/>
-[...1 lines deleted...]
-        <a:cs typeface="Aptos Narrow"/>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface="Calibri"/>
+        <a:cs typeface="Calibri"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2231,32294 +2076,5884 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdmshelp.veeva.com/lr/rn/general-releases/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:Z1000"/>
+  <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="14.5" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="25.83203125" customWidth="1"/>
-    <col min="2" max="2" width="99.6640625" customWidth="1"/>
+    <col min="1" max="1" width="30.33203125" customWidth="1"/>
+    <col min="2" max="2" width="86" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:2" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="3"/>
-[...25 lines deleted...]
-      <c r="A2" s="27" t="s">
+    </row>
+    <row r="2" spans="1:2" ht="77.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="20" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="28"/>
-[...26 lines deleted...]
-      <c r="A3" s="29" t="s">
+      <c r="B2" s="21"/>
+    </row>
+    <row r="3" spans="1:2" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="28"/>
-[...26 lines deleted...]
-      <c r="A4" s="4" t="s">
+      <c r="B3" s="21"/>
+    </row>
+    <row r="4" spans="1:2" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="4" t="s">
-[...28 lines deleted...]
-      <c r="A5" s="4" t="s">
+      <c r="B4" s="3" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="5">
+      <c r="B5" s="4">
         <v>45971</v>
       </c>
-      <c r="C5" s="3"/>
-[...25 lines deleted...]
-      <c r="A6" s="4" t="s">
+    </row>
+    <row r="6" spans="1:2" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="4" t="s">
+      <c r="B6" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="3"/>
-[...25 lines deleted...]
-      <c r="A7" s="6" t="s">
+    </row>
+    <row r="7" spans="1:2" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="4" t="s">
+      <c r="B7" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="3"/>
-[...25 lines deleted...]
-      <c r="A8" s="6" t="s">
+    </row>
+    <row r="8" spans="1:2" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="4" t="s">
+      <c r="B8" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="3"/>
-[...25 lines deleted...]
-      <c r="A9" s="6" t="s">
+    </row>
+    <row r="9" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="4" t="s">
+      <c r="B9" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="3"/>
-[...25 lines deleted...]
-      <c r="A10" s="6" t="s">
+    </row>
+    <row r="10" spans="1:2" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="4" t="s">
+      <c r="B10" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="3"/>
-[...25 lines deleted...]
-      <c r="A11" s="4" t="s">
+    </row>
+    <row r="11" spans="1:2" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B11" s="4" t="s">
+      <c r="B11" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C11" s="3"/>
-[...25 lines deleted...]
-      <c r="A12" s="6" t="s">
+    </row>
+    <row r="12" spans="1:2" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="4" t="s">
+      <c r="B12" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="C12" s="3"/>
-[...25 lines deleted...]
-      <c r="A13" s="6" t="s">
+    </row>
+    <row r="13" spans="1:2" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B13" s="4" t="s">
+      <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C13" s="3"/>
-[...25 lines deleted...]
-      <c r="A14" s="6" t="s">
+    </row>
+    <row r="14" spans="1:2" ht="108" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B14" s="4" t="s">
+      <c r="B14" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="3"/>
-[...25 lines deleted...]
-      <c r="A15" s="6" t="s">
+    </row>
+    <row r="15" spans="1:2" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B15" s="4" t="s">
+      <c r="B15" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="C15" s="3"/>
-[...25 lines deleted...]
-      <c r="A16" s="7" t="s">
+    </row>
+    <row r="16" spans="1:2" ht="82.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="B16" s="4" t="s">
+      <c r="B16" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="C16" s="3"/>
-[...25 lines deleted...]
-      <c r="A17" s="7" t="s">
+    </row>
+    <row r="17" spans="1:2" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="B17" s="4" t="s">
+      <c r="B17" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C17" s="3"/>
-[...27546 lines deleted...]
-      <c r="Z1000" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:B3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:L990"/>
+  <dimension ref="A1:K990"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A11" workbookViewId="0">
-      <selection activeCell="I16" sqref="I16"/>
+    <sheetView showGridLines="0" topLeftCell="A10" workbookViewId="0">
+      <selection activeCell="R18" sqref="R18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="14.5" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="19.5" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="13" max="26" width="8.83203125" customWidth="1"/>
+    <col min="1" max="1" width="23.5" customWidth="1"/>
+    <col min="2" max="2" width="27.33203125" customWidth="1"/>
+    <col min="3" max="8" width="16" customWidth="1"/>
+    <col min="9" max="9" width="65.6640625" customWidth="1"/>
+    <col min="10" max="11" width="16" customWidth="1"/>
+    <col min="12" max="18" width="8.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="26" x14ac:dyDescent="0.2">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:11" ht="26" x14ac:dyDescent="0.2">
+      <c r="A1" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="8" t="s">
+      <c r="B1" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="C1" s="8" t="s">
+      <c r="C1" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="D1" s="8" t="s">
+      <c r="D1" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E1" s="8" t="s">
+      <c r="E1" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="F1" s="8" t="s">
+      <c r="F1" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="G1" s="8" t="s">
+      <c r="G1" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="H1" s="8" t="s">
+      <c r="H1" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="I1" s="8" t="s">
+      <c r="I1" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="J1" s="8" t="s">
+      <c r="J1" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="K1" s="8" t="s">
+      <c r="K1" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="L1" s="8" t="s">
+    </row>
+    <row r="2" spans="1:11" ht="78" x14ac:dyDescent="0.2">
+      <c r="A2" s="8" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="9" t="s">
+      <c r="B2" s="9" t="s">
         <v>37</v>
       </c>
-      <c r="B2" s="10" t="s">
+      <c r="C2" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="C2" s="9" t="s">
+      <c r="D2" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="D2" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E2" s="9" t="s">
+      <c r="E2" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="F2" s="9" t="s">
+      <c r="F2" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="G2" s="9" t="s">
+      <c r="G2" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="K2" s="9" t="s">
+      <c r="K2" s="8" t="s">
         <v>45</v>
       </c>
-      <c r="L2" s="11" t="str">
-[...5 lines deleted...]
-      <c r="A3" s="9" t="s">
+    </row>
+    <row r="3" spans="1:11" ht="65" x14ac:dyDescent="0.2">
+      <c r="A3" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" s="19" t="s">
+        <v>374</v>
+      </c>
+      <c r="C3" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="E3" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G3" s="18" t="s">
+        <v>372</v>
+      </c>
+      <c r="H3" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="18" t="s">
+        <v>376</v>
+      </c>
+      <c r="J3" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="K3" s="18" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A4" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="10" t="s">
+      <c r="C4" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="C3" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="9" t="s">
+      <c r="D4" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E4" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="E3" s="9" t="s">
+      <c r="F4" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I4" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="F3" s="9" t="s">
+      <c r="J4" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K4" s="8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A5" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="G3" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H3" s="9" t="s">
+      <c r="G5" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" s="8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="78" x14ac:dyDescent="0.2">
+      <c r="A6" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="104" x14ac:dyDescent="0.2">
+      <c r="A7" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I7" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" s="8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="52" x14ac:dyDescent="0.2">
+      <c r="A8" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="I8" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="J8" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" s="8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="156" x14ac:dyDescent="0.2">
+      <c r="A9" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="I9" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="J9" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="78" x14ac:dyDescent="0.2">
+      <c r="A10" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="J10" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" s="8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="52" x14ac:dyDescent="0.2">
+      <c r="A11" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="J11" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" s="8" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A12" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I12" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="J12" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" s="8" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="78" x14ac:dyDescent="0.2">
+      <c r="A13" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I13" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="J13" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="K13" s="8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A14" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I14" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="J14" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="K14" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A15" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="J15" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" s="8" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="195" x14ac:dyDescent="0.2">
+      <c r="A16" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F16" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G16" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="H16" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I16" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="J16" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K16" s="8" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A17" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G17" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H17" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I17" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="J17" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="K17" s="8" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="409" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="H18" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="I3" s="9" t="s">
-[...29 lines deleted...]
-      <c r="F4" s="9" t="s">
+      <c r="I18" s="8" t="s">
+        <v>384</v>
+      </c>
+      <c r="J18" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K18" s="8" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A19" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E19" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F19" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="G4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="9" t="s">
+      <c r="G19" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="H19" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
-[...29 lines deleted...]
-      <c r="F5" s="9" t="s">
+      <c r="I19" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="J19" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K19" s="8" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="156" x14ac:dyDescent="0.2">
+      <c r="A20" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F20" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="G5" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="9" t="s">
+      <c r="G20" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="H20" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="I5" s="9" t="s">
-[...29 lines deleted...]
-      <c r="F6" s="9" t="s">
+      <c r="I20" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="J20" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K20" s="8" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="78" x14ac:dyDescent="0.2">
+      <c r="A21" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B21" s="9" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F21" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="G6" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="9" t="s">
+      <c r="G21" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="H21" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I21" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="J21" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K21" s="8" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A22" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E22" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F22" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="G22" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="H22" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="I6" s="9" t="s">
-[...2 lines deleted...]
-      <c r="J6" s="9" t="s">
+      <c r="I22" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="J22" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K22" s="8" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="65" x14ac:dyDescent="0.2">
+      <c r="A23" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B23" s="9" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E23" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="F23" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G23" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="H23" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I23" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="J23" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K23" s="8" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="52" x14ac:dyDescent="0.2">
+      <c r="A24" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B24" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E24" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="F24" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G24" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H24" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I24" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="J24" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="K24" s="8" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="143" x14ac:dyDescent="0.2">
+      <c r="A25" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B25" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E25" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="F25" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G25" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H25" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="I25" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="J25" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="K25" s="8" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="52" x14ac:dyDescent="0.2">
+      <c r="A26" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E26" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F26" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G26" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="H26" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I26" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="J26" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="K26" s="8" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="143" x14ac:dyDescent="0.2">
+      <c r="A27" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E27" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G27" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I27" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="J27" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="K27" s="8" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="143" x14ac:dyDescent="0.2">
+      <c r="A28" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B28" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E28" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="F28" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G28" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H28" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="J28" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="K28" s="8" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A29" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B29" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E29" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="F29" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G29" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H29" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I29" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="J29" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K29" s="8" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="78" x14ac:dyDescent="0.2">
+      <c r="A30" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E30" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F30" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G30" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H30" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I30" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="J30" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="K30" s="8" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="143" x14ac:dyDescent="0.2">
+      <c r="A31" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B31" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E31" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F31" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G31" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="H31" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I31" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="J31" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K31" s="8" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A32" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B32" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F32" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G32" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H32" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="I32" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="J32" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="K32" s="8" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="65" x14ac:dyDescent="0.2">
+      <c r="A33" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B33" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E33" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F33" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G33" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H33" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I33" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="J33" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K33" s="8" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="130" x14ac:dyDescent="0.2">
+      <c r="A34" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B34" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="F34" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G34" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="H34" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="J34" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="K34" s="8" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" ht="52" x14ac:dyDescent="0.2">
+      <c r="A35" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B35" s="9" t="s">
+        <v>189</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E35" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="F35" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="G35" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="H35" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I35" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="J35" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K35" s="8" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="65" x14ac:dyDescent="0.2">
+      <c r="A36" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B36" s="9" t="s">
+        <v>194</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E36" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="F36" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G36" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H36" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I36" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="J36" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="K36" s="8" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="234" x14ac:dyDescent="0.2">
+      <c r="A37" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B37" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E37" s="8" t="s">
+        <v>200</v>
+      </c>
+      <c r="F37" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G37" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H37" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I37" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="J37" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="K37" s="8" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="104" x14ac:dyDescent="0.2">
+      <c r="A38" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B38" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="F38" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="G38" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="H38" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I38" s="8" t="s">
+        <v>206</v>
+      </c>
+      <c r="J38" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="K38" s="8" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="117" x14ac:dyDescent="0.2">
+      <c r="A39" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B39" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E39" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="F39" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G39" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H39" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I39" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="J39" s="8" t="s">
+        <v>211</v>
+      </c>
+      <c r="K39" s="8" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A40" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B40" s="9" t="s">
+        <v>213</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="F40" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G40" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H40" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I40" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="J40" s="8" t="s">
+        <v>216</v>
+      </c>
+      <c r="K40" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="221" x14ac:dyDescent="0.2">
+      <c r="A41" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B41" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E41" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F41" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G41" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H41" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I41" s="8" t="s">
+        <v>219</v>
+      </c>
+      <c r="J41" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K41" s="8" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="182" x14ac:dyDescent="0.2">
+      <c r="A42" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B42" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E42" s="8" t="s">
+        <v>222</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G42" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="I42" s="8" t="s">
+        <v>223</v>
+      </c>
+      <c r="J42" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="K42" s="8" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A43" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" s="9" t="s">
+        <v>226</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E43" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F43" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G43" s="8" t="s">
+        <v>227</v>
+      </c>
+      <c r="H43" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I43" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="J43" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K43" s="8" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A44" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B44" s="9" t="s">
+        <v>230</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E44" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="F44" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G44" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H44" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I44" s="8" t="s">
+        <v>231</v>
+      </c>
+      <c r="J44" s="8" t="s">
+        <v>211</v>
+      </c>
+      <c r="K44" s="8" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A45" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B45" s="9" t="s">
+        <v>233</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E45" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F45" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="G45" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H45" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="I45" s="8" t="s">
+        <v>235</v>
+      </c>
+      <c r="J45" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="K45" s="8" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" ht="130" x14ac:dyDescent="0.2">
+      <c r="A46" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B46" s="9" t="s">
+        <v>238</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E46" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="F46" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G46" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H46" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I46" s="8" t="s">
+        <v>240</v>
+      </c>
+      <c r="J46" s="8" t="s">
+        <v>241</v>
+      </c>
+      <c r="K46" s="8" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" ht="104" x14ac:dyDescent="0.2">
+      <c r="A47" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B47" s="9" t="s">
+        <v>243</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E47" s="8" t="s">
+        <v>244</v>
+      </c>
+      <c r="F47" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G47" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H47" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="8" t="s">
+        <v>245</v>
+      </c>
+      <c r="J47" s="8" t="s">
+        <v>246</v>
+      </c>
+      <c r="K47" s="8" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="156" x14ac:dyDescent="0.2">
+      <c r="A48" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B48" s="9" t="s">
+        <v>248</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D48" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E48" s="8" t="s">
+        <v>249</v>
+      </c>
+      <c r="F48" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G48" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H48" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I48" s="8" t="s">
+        <v>250</v>
+      </c>
+      <c r="J48" s="8" t="s">
         <v>69</v>
       </c>
-      <c r="K6" s="9" t="s">
-[...23 lines deleted...]
-      <c r="F7" s="9" t="s">
+      <c r="K48" s="8" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A49" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B49" s="9" t="s">
+        <v>252</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E49" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="F49" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="G7" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="9" t="s">
+      <c r="G49" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H49" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="J49" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="K49" s="8" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" ht="117" x14ac:dyDescent="0.2">
+      <c r="A50" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B50" s="9" t="s">
+        <v>255</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E50" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="F50" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G50" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H50" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="I50" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="J50" s="8" t="s">
+        <v>257</v>
+      </c>
+      <c r="K50" s="8" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A51" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B51" s="9" t="s">
+        <v>259</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E51" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F51" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G51" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H51" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="I7" s="9" t="s">
-[...35 lines deleted...]
-      <c r="H8" s="9" t="s">
+      <c r="I51" s="8" t="s">
+        <v>260</v>
+      </c>
+      <c r="J51" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K51" s="8" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" ht="52" x14ac:dyDescent="0.2">
+      <c r="A52" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B52" s="9" t="s">
+        <v>262</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>263</v>
+      </c>
+      <c r="D52" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E52" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="F52" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G52" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H52" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="8" t="s">
+        <v>264</v>
+      </c>
+      <c r="J52" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="K52" s="8" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="169" x14ac:dyDescent="0.2">
+      <c r="A53" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B53" s="9" t="s">
+        <v>267</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>263</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E53" s="8" t="s">
+        <v>249</v>
+      </c>
+      <c r="F53" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G53" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H53" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I53" s="8" t="s">
+        <v>268</v>
+      </c>
+      <c r="J53" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K53" s="8" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" ht="169" x14ac:dyDescent="0.2">
+      <c r="A54" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B54" s="9" t="s">
+        <v>270</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E54" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="F54" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G54" s="8" t="s">
+        <v>273</v>
+      </c>
+      <c r="H54" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I54" s="8" t="s">
+        <v>274</v>
+      </c>
+      <c r="J54" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="K54" s="8" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" ht="182" x14ac:dyDescent="0.2">
+      <c r="A55" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B55" s="9" t="s">
+        <v>277</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E55" s="8" t="s">
+        <v>278</v>
+      </c>
+      <c r="F55" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G55" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H55" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I55" s="8" t="s">
+        <v>279</v>
+      </c>
+      <c r="J55" s="8" t="s">
+        <v>280</v>
+      </c>
+      <c r="K55" s="8" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="130" x14ac:dyDescent="0.2">
+      <c r="A56" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B56" s="9" t="s">
+        <v>282</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>283</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E56" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F56" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="G56" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H56" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I56" s="8" t="s">
+        <v>285</v>
+      </c>
+      <c r="J56" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="K56" s="8" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="221" x14ac:dyDescent="0.2">
+      <c r="A57" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B57" s="9" t="s">
+        <v>287</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>283</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E57" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F57" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="G57" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H57" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="I8" s="9" t="s">
-[...29 lines deleted...]
-      <c r="F9" s="9" t="s">
+      <c r="I57" s="8" t="s">
+        <v>288</v>
+      </c>
+      <c r="J57" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="K57" s="8" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A58" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B58" s="9" t="s">
+        <v>290</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E58" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F58" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="G9" s="9" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="9" t="s">
+      <c r="G58" s="8" t="s">
+        <v>292</v>
+      </c>
+      <c r="H58" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I58" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="J58" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="K58" s="8" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="195" x14ac:dyDescent="0.2">
+      <c r="A59" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B59" s="9" t="s">
+        <v>295</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E59" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F59" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G59" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H59" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I59" s="8" t="s">
+        <v>296</v>
+      </c>
+      <c r="J59" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="K59" s="8" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="182" x14ac:dyDescent="0.2">
+      <c r="A60" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B60" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E60" s="8" t="s">
+        <v>300</v>
+      </c>
+      <c r="F60" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="G60" s="8" t="s">
+        <v>301</v>
+      </c>
+      <c r="H60" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="I9" s="9" t="s">
+      <c r="I60" s="8" t="s">
+        <v>302</v>
+      </c>
+      <c r="J60" s="8" t="s">
+        <v>303</v>
+      </c>
+      <c r="K60" s="8" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" ht="247" x14ac:dyDescent="0.2">
+      <c r="A61" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B61" s="9" t="s">
+        <v>305</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E61" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="F61" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G61" s="8" t="s">
+        <v>306</v>
+      </c>
+      <c r="H61" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I61" s="8" t="s">
+        <v>307</v>
+      </c>
+      <c r="J61" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="K61" s="8" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A62" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B62" s="9" t="s">
+        <v>309</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E62" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="J9" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K9" s="9" t="s">
+      <c r="F62" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G62" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H62" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I62" s="8" t="s">
+        <v>311</v>
+      </c>
+      <c r="J62" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="L9" s="11" t="str">
-[...56 lines deleted...]
-      <c r="E11" s="9" t="s">
+      <c r="K62" s="8" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" ht="65" x14ac:dyDescent="0.2">
+      <c r="A63" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B63" s="9" t="s">
+        <v>313</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E63" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F63" s="8" t="s">
         <v>94</v>
       </c>
-      <c r="F11" s="9" t="s">
-[...5 lines deleted...]
-      <c r="H11" s="9" t="s">
+      <c r="G63" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H63" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="I11" s="9" t="s">
-[...83 lines deleted...]
-      <c r="K13" s="9" t="s">
+      <c r="I63" s="8" t="s">
+        <v>314</v>
+      </c>
+      <c r="J63" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="K63" s="8" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A64" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B64" s="9" t="s">
+        <v>316</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E64" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F64" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="G64" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H64" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I64" s="8" t="s">
+        <v>317</v>
+      </c>
+      <c r="J64" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="K64" s="8" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A65" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B65" s="9" t="s">
+        <v>319</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="D65" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E65" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F65" s="8" t="s">
+        <v>320</v>
+      </c>
+      <c r="G65" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H65" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I65" s="8" t="s">
+        <v>321</v>
+      </c>
+      <c r="J65" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="K65" s="8" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" ht="26" x14ac:dyDescent="0.2">
+      <c r="A66" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B66" s="12" t="s">
+        <v>323</v>
+      </c>
+      <c r="C66" s="17" t="s">
+        <v>310</v>
+      </c>
+      <c r="D66" s="17" t="s">
+        <v>48</v>
+      </c>
+      <c r="E66" s="17" t="s">
         <v>104</v>
       </c>
-      <c r="L13" s="11" t="str">
-[...26 lines deleted...]
-      <c r="H14" s="9" t="s">
+      <c r="F66" s="17" t="s">
+        <v>320</v>
+      </c>
+      <c r="G66" s="17" t="s">
+        <v>48</v>
+      </c>
+      <c r="H66" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="I14" s="9" t="s">
+      <c r="I66" s="17" t="s">
+        <v>324</v>
+      </c>
+      <c r="J66" s="17" t="s">
         <v>106</v>
       </c>
-      <c r="J14" s="9" t="s">
-[...32 lines deleted...]
-      <c r="H15" s="9" t="s">
+      <c r="K66" s="17" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" ht="151" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B67" s="19" t="s">
+        <v>326</v>
+      </c>
+      <c r="C67" s="14" t="s">
+        <v>310</v>
+      </c>
+      <c r="D67" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="E67" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="F67" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="G67" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="H67" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="I15" s="9" t="s">
-[...1967 lines deleted...]
-      <c r="B66" s="10" t="s">
+      <c r="I67" s="14" t="s">
         <v>327</v>
       </c>
-      <c r="C66" s="9" t="s">
-[...17 lines deleted...]
-      <c r="I66" s="9" t="s">
+      <c r="J67" s="14" t="s">
+        <v>85</v>
+      </c>
+      <c r="K67" s="14" t="s">
         <v>328</v>
       </c>
-      <c r="J66" s="9" t="s">
-[...971 lines deleted...]
-    <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    </row>
+    <row r="68" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="10"/>
+    </row>
+    <row r="69" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="10"/>
+    </row>
+    <row r="70" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="10"/>
+    </row>
+    <row r="71" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="10"/>
+    </row>
+    <row r="72" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="10"/>
+    </row>
+    <row r="73" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="10"/>
+    </row>
+    <row r="74" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B74" s="10"/>
+    </row>
+    <row r="75" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B75" s="10"/>
+    </row>
+    <row r="76" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="10"/>
+    </row>
+    <row r="77" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="10"/>
+    </row>
+    <row r="78" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="10"/>
+    </row>
+    <row r="79" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="10"/>
+    </row>
+    <row r="80" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="10"/>
+    </row>
+    <row r="81" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="10"/>
+    </row>
+    <row r="82" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="10"/>
+    </row>
+    <row r="83" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B83" s="10"/>
+    </row>
+    <row r="84" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B84" s="10"/>
+    </row>
+    <row r="85" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B85" s="10"/>
+    </row>
+    <row r="86" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="10"/>
+    </row>
+    <row r="87" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="10"/>
+    </row>
+    <row r="88" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B88" s="10"/>
+    </row>
+    <row r="89" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B89" s="10"/>
+    </row>
+    <row r="90" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B90" s="10"/>
+    </row>
+    <row r="91" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B91" s="10"/>
+    </row>
+    <row r="92" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B92" s="10"/>
+    </row>
+    <row r="93" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B93" s="10"/>
+    </row>
+    <row r="94" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B94" s="10"/>
+    </row>
+    <row r="95" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B95" s="10"/>
+    </row>
+    <row r="96" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B96" s="10"/>
+    </row>
+    <row r="97" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B97" s="10"/>
+    </row>
+    <row r="98" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B98" s="10"/>
+    </row>
+    <row r="99" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B99" s="10"/>
+    </row>
+    <row r="100" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B100" s="10"/>
+    </row>
+    <row r="101" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B101" s="10"/>
+    </row>
+    <row r="102" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B102" s="10"/>
+    </row>
+    <row r="103" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B103" s="10"/>
+    </row>
+    <row r="104" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B104" s="10"/>
+    </row>
+    <row r="105" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B105" s="10"/>
+    </row>
+    <row r="106" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B106" s="10"/>
+    </row>
+    <row r="107" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B107" s="10"/>
+    </row>
+    <row r="108" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B108" s="10"/>
+    </row>
+    <row r="109" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B109" s="10"/>
+    </row>
+    <row r="110" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B110" s="10"/>
+    </row>
+    <row r="111" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B111" s="10"/>
+    </row>
+    <row r="112" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B112" s="10"/>
+    </row>
+    <row r="113" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B113" s="10"/>
+    </row>
+    <row r="114" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B114" s="10"/>
+    </row>
+    <row r="115" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B115" s="10"/>
+    </row>
+    <row r="116" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B116" s="10"/>
+    </row>
+    <row r="117" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B117" s="10"/>
+    </row>
+    <row r="118" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B118" s="10"/>
+    </row>
+    <row r="119" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B119" s="10"/>
+    </row>
+    <row r="120" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B120" s="10"/>
+    </row>
+    <row r="121" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B121" s="10"/>
+    </row>
+    <row r="122" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B122" s="10"/>
+    </row>
+    <row r="123" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B123" s="10"/>
+    </row>
+    <row r="124" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B124" s="10"/>
+    </row>
+    <row r="125" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B125" s="10"/>
+    </row>
+    <row r="126" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B126" s="10"/>
+    </row>
+    <row r="127" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B127" s="10"/>
+    </row>
+    <row r="128" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B128" s="10"/>
+    </row>
+    <row r="129" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B129" s="10"/>
+    </row>
+    <row r="130" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B130" s="10"/>
+    </row>
+    <row r="131" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B131" s="10"/>
+    </row>
+    <row r="132" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B132" s="10"/>
+    </row>
+    <row r="133" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B133" s="10"/>
+    </row>
+    <row r="134" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B134" s="10"/>
+    </row>
+    <row r="135" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B135" s="10"/>
+    </row>
+    <row r="136" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B136" s="10"/>
+    </row>
+    <row r="137" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B137" s="10"/>
+    </row>
+    <row r="138" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B138" s="10"/>
+    </row>
+    <row r="139" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B139" s="10"/>
+    </row>
+    <row r="140" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B140" s="10"/>
+    </row>
+    <row r="141" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B141" s="10"/>
+    </row>
+    <row r="142" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B142" s="10"/>
+    </row>
+    <row r="143" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B143" s="10"/>
+    </row>
+    <row r="144" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B144" s="10"/>
+    </row>
+    <row r="145" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B145" s="10"/>
+    </row>
+    <row r="146" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B146" s="10"/>
+    </row>
+    <row r="147" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B147" s="10"/>
+    </row>
+    <row r="148" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B148" s="10"/>
+    </row>
+    <row r="149" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B149" s="10"/>
+    </row>
+    <row r="150" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B150" s="10"/>
+    </row>
+    <row r="151" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B151" s="10"/>
+    </row>
+    <row r="152" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B152" s="10"/>
+    </row>
+    <row r="153" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B153" s="10"/>
+    </row>
+    <row r="154" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B154" s="10"/>
+    </row>
+    <row r="155" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B155" s="10"/>
+    </row>
+    <row r="156" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B156" s="10"/>
+    </row>
+    <row r="157" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B157" s="10"/>
+    </row>
+    <row r="158" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B158" s="10"/>
+    </row>
+    <row r="159" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B159" s="10"/>
+    </row>
+    <row r="160" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B160" s="10"/>
+    </row>
+    <row r="161" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B161" s="10"/>
+    </row>
+    <row r="162" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B162" s="10"/>
+    </row>
+    <row r="163" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B163" s="10"/>
+    </row>
+    <row r="164" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B164" s="10"/>
+    </row>
+    <row r="165" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B165" s="10"/>
+    </row>
+    <row r="166" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B166" s="10"/>
+    </row>
+    <row r="167" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B167" s="10"/>
+    </row>
+    <row r="168" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B168" s="10"/>
+    </row>
+    <row r="169" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B169" s="10"/>
+    </row>
+    <row r="170" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B170" s="10"/>
+    </row>
+    <row r="171" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B171" s="10"/>
+    </row>
+    <row r="172" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B172" s="10"/>
+    </row>
+    <row r="173" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B173" s="10"/>
+    </row>
+    <row r="174" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B174" s="10"/>
+    </row>
+    <row r="175" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B175" s="10"/>
+    </row>
+    <row r="176" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B176" s="10"/>
+    </row>
+    <row r="177" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B177" s="10"/>
+    </row>
+    <row r="178" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B178" s="10"/>
+    </row>
+    <row r="179" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B179" s="10"/>
+    </row>
+    <row r="180" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B180" s="10"/>
+    </row>
+    <row r="181" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B181" s="10"/>
+    </row>
+    <row r="182" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B182" s="10"/>
+    </row>
+    <row r="183" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B183" s="10"/>
+    </row>
+    <row r="184" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B184" s="10"/>
+    </row>
+    <row r="185" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B185" s="10"/>
+    </row>
+    <row r="186" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B186" s="10"/>
+    </row>
+    <row r="187" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B187" s="10"/>
+    </row>
+    <row r="188" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B188" s="10"/>
+    </row>
+    <row r="189" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B189" s="10"/>
+    </row>
+    <row r="190" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B190" s="10"/>
+    </row>
+    <row r="191" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B191" s="10"/>
+    </row>
+    <row r="192" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B192" s="10"/>
+    </row>
+    <row r="193" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B193" s="10"/>
+    </row>
+    <row r="194" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B194" s="10"/>
+    </row>
+    <row r="195" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B195" s="10"/>
+    </row>
+    <row r="196" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B196" s="10"/>
+    </row>
+    <row r="197" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B197" s="10"/>
+    </row>
+    <row r="198" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B198" s="10"/>
+    </row>
+    <row r="199" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B199" s="10"/>
+    </row>
+    <row r="200" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B200" s="10"/>
+    </row>
+    <row r="201" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B201" s="10"/>
+    </row>
+    <row r="202" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B202" s="10"/>
+    </row>
+    <row r="203" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B203" s="10"/>
+    </row>
+    <row r="204" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B204" s="10"/>
+    </row>
+    <row r="205" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B205" s="10"/>
+    </row>
+    <row r="206" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B206" s="10"/>
+    </row>
+    <row r="207" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B207" s="10"/>
+    </row>
+    <row r="208" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B208" s="10"/>
+    </row>
+    <row r="209" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B209" s="10"/>
+    </row>
+    <row r="210" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B210" s="10"/>
+    </row>
+    <row r="211" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B211" s="10"/>
+    </row>
+    <row r="212" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B212" s="10"/>
+    </row>
+    <row r="213" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B213" s="10"/>
+    </row>
+    <row r="214" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B214" s="10"/>
+    </row>
+    <row r="215" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B215" s="10"/>
+    </row>
+    <row r="216" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B216" s="10"/>
+    </row>
+    <row r="217" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B217" s="10"/>
+    </row>
+    <row r="218" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B218" s="10"/>
+    </row>
+    <row r="219" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B219" s="10"/>
+    </row>
+    <row r="220" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B220" s="10"/>
+    </row>
+    <row r="221" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B221" s="10"/>
+    </row>
+    <row r="222" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B222" s="10"/>
+    </row>
+    <row r="223" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B223" s="10"/>
+    </row>
+    <row r="224" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B224" s="10"/>
+    </row>
+    <row r="225" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B225" s="10"/>
+    </row>
+    <row r="226" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B226" s="10"/>
+    </row>
+    <row r="227" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B227" s="10"/>
+    </row>
+    <row r="228" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B228" s="10"/>
+    </row>
+    <row r="229" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B229" s="10"/>
+    </row>
+    <row r="230" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B230" s="10"/>
+    </row>
+    <row r="231" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B231" s="10"/>
+    </row>
+    <row r="232" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B232" s="10"/>
+    </row>
+    <row r="233" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B233" s="10"/>
+    </row>
+    <row r="234" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B234" s="10"/>
+    </row>
+    <row r="235" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B235" s="10"/>
+    </row>
+    <row r="236" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B236" s="10"/>
+    </row>
+    <row r="237" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B237" s="10"/>
+    </row>
+    <row r="238" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B238" s="10"/>
+    </row>
+    <row r="239" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B239" s="10"/>
+    </row>
+    <row r="240" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B240" s="10"/>
+    </row>
+    <row r="241" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B241" s="10"/>
+    </row>
+    <row r="242" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B242" s="10"/>
+    </row>
+    <row r="243" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B243" s="10"/>
+    </row>
+    <row r="244" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B244" s="10"/>
+    </row>
+    <row r="245" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B245" s="10"/>
+    </row>
+    <row r="246" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B246" s="10"/>
+    </row>
+    <row r="247" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B247" s="10"/>
+    </row>
+    <row r="248" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B248" s="10"/>
+    </row>
+    <row r="249" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B249" s="10"/>
+    </row>
+    <row r="250" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B250" s="10"/>
+    </row>
+    <row r="251" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B251" s="10"/>
+    </row>
+    <row r="252" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B252" s="10"/>
+    </row>
+    <row r="253" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B253" s="10"/>
+    </row>
+    <row r="254" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B254" s="10"/>
+    </row>
+    <row r="255" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B255" s="10"/>
+    </row>
+    <row r="256" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B256" s="10"/>
+    </row>
+    <row r="257" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B257" s="10"/>
+    </row>
+    <row r="258" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B258" s="10"/>
+    </row>
+    <row r="259" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B259" s="10"/>
+    </row>
+    <row r="260" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B260" s="10"/>
+    </row>
+    <row r="261" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B261" s="10"/>
+    </row>
+    <row r="262" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B262" s="10"/>
+    </row>
+    <row r="263" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B263" s="10"/>
+    </row>
+    <row r="264" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B264" s="10"/>
+    </row>
+    <row r="265" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B265" s="10"/>
+    </row>
+    <row r="266" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B266" s="10"/>
+    </row>
+    <row r="267" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B267" s="10"/>
+    </row>
+    <row r="268" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B268" s="10"/>
+    </row>
+    <row r="269" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B269" s="10"/>
+    </row>
+    <row r="270" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B270" s="10"/>
+    </row>
+    <row r="271" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B271" s="10"/>
+    </row>
+    <row r="272" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B272" s="10"/>
+    </row>
+    <row r="273" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B273" s="10"/>
+    </row>
+    <row r="274" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B274" s="10"/>
+    </row>
+    <row r="275" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B275" s="10"/>
+    </row>
+    <row r="276" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B276" s="10"/>
+    </row>
+    <row r="277" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B277" s="10"/>
+    </row>
+    <row r="278" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B278" s="10"/>
+    </row>
+    <row r="279" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B279" s="10"/>
+    </row>
+    <row r="280" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B280" s="10"/>
+    </row>
+    <row r="281" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B281" s="10"/>
+    </row>
+    <row r="282" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B282" s="10"/>
+    </row>
+    <row r="283" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B283" s="10"/>
+    </row>
+    <row r="284" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B284" s="10"/>
+    </row>
+    <row r="285" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B285" s="10"/>
+    </row>
+    <row r="286" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B286" s="10"/>
+    </row>
+    <row r="287" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B287" s="10"/>
+    </row>
+    <row r="288" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B288" s="10"/>
+    </row>
+    <row r="289" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B289" s="10"/>
+    </row>
+    <row r="290" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B290" s="10"/>
+    </row>
+    <row r="291" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B291" s="10"/>
+    </row>
+    <row r="292" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B292" s="10"/>
+    </row>
+    <row r="293" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B293" s="10"/>
+    </row>
+    <row r="294" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B294" s="10"/>
+    </row>
+    <row r="295" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B295" s="10"/>
+    </row>
+    <row r="296" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B296" s="10"/>
+    </row>
+    <row r="297" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B297" s="10"/>
+    </row>
+    <row r="298" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B298" s="10"/>
+    </row>
+    <row r="299" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B299" s="10"/>
+    </row>
+    <row r="300" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B300" s="10"/>
+    </row>
+    <row r="301" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B301" s="10"/>
+    </row>
+    <row r="302" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B302" s="10"/>
+    </row>
+    <row r="303" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B303" s="10"/>
+    </row>
+    <row r="304" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B304" s="10"/>
+    </row>
+    <row r="305" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B305" s="10"/>
+    </row>
+    <row r="306" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B306" s="10"/>
+    </row>
+    <row r="307" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B307" s="10"/>
+    </row>
+    <row r="308" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B308" s="10"/>
+    </row>
+    <row r="309" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B309" s="10"/>
+    </row>
+    <row r="310" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B310" s="10"/>
+    </row>
+    <row r="311" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B311" s="10"/>
+    </row>
+    <row r="312" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B312" s="10"/>
+    </row>
+    <row r="313" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B313" s="10"/>
+    </row>
+    <row r="314" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B314" s="10"/>
+    </row>
+    <row r="315" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B315" s="10"/>
+    </row>
+    <row r="316" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B316" s="10"/>
+    </row>
+    <row r="317" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B317" s="10"/>
+    </row>
+    <row r="318" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B318" s="10"/>
+    </row>
+    <row r="319" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B319" s="10"/>
+    </row>
+    <row r="320" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B320" s="10"/>
+    </row>
+    <row r="321" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B321" s="10"/>
+    </row>
+    <row r="322" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B322" s="10"/>
+    </row>
+    <row r="323" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B323" s="10"/>
+    </row>
+    <row r="324" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B324" s="10"/>
+    </row>
+    <row r="325" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B325" s="10"/>
+    </row>
+    <row r="326" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B326" s="10"/>
+    </row>
+    <row r="327" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B327" s="10"/>
+    </row>
+    <row r="328" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B328" s="10"/>
+    </row>
+    <row r="329" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B329" s="10"/>
+    </row>
+    <row r="330" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B330" s="10"/>
+    </row>
+    <row r="331" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B331" s="10"/>
+    </row>
+    <row r="332" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B332" s="10"/>
+    </row>
+    <row r="333" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B333" s="10"/>
+    </row>
+    <row r="334" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B334" s="10"/>
+    </row>
+    <row r="335" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B335" s="10"/>
+    </row>
+    <row r="336" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B336" s="10"/>
+    </row>
+    <row r="337" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B337" s="10"/>
+    </row>
+    <row r="338" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B338" s="10"/>
+    </row>
+    <row r="339" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B339" s="10"/>
+    </row>
+    <row r="340" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="10"/>
+    </row>
+    <row r="341" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B341" s="10"/>
+    </row>
+    <row r="342" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B342" s="10"/>
+    </row>
+    <row r="343" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B343" s="10"/>
+    </row>
+    <row r="344" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="10"/>
+    </row>
+    <row r="345" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B345" s="10"/>
+    </row>
+    <row r="346" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B346" s="10"/>
+    </row>
+    <row r="347" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="10"/>
+    </row>
+    <row r="348" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B348" s="10"/>
+    </row>
+    <row r="349" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B349" s="10"/>
+    </row>
+    <row r="350" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B350" s="10"/>
+    </row>
+    <row r="351" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B351" s="10"/>
+    </row>
+    <row r="352" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B352" s="10"/>
+    </row>
+    <row r="353" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B353" s="10"/>
+    </row>
+    <row r="354" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B354" s="10"/>
+    </row>
+    <row r="355" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B355" s="10"/>
+    </row>
+    <row r="356" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B356" s="10"/>
+    </row>
+    <row r="357" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B357" s="10"/>
+    </row>
+    <row r="358" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B358" s="10"/>
+    </row>
+    <row r="359" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B359" s="10"/>
+    </row>
+    <row r="360" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B360" s="10"/>
+    </row>
+    <row r="361" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B361" s="10"/>
+    </row>
+    <row r="362" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B362" s="10"/>
+    </row>
+    <row r="363" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B363" s="10"/>
+    </row>
+    <row r="364" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B364" s="10"/>
+    </row>
+    <row r="365" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B365" s="10"/>
+    </row>
+    <row r="366" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B366" s="10"/>
+    </row>
+    <row r="367" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B367" s="10"/>
+    </row>
+    <row r="368" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B368" s="10"/>
+    </row>
+    <row r="369" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B369" s="10"/>
+    </row>
+    <row r="370" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B370" s="10"/>
+    </row>
+    <row r="371" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B371" s="10"/>
+    </row>
+    <row r="372" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B372" s="10"/>
+    </row>
+    <row r="373" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B373" s="10"/>
+    </row>
+    <row r="374" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B374" s="10"/>
+    </row>
+    <row r="375" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B375" s="10"/>
+    </row>
+    <row r="376" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B376" s="10"/>
+    </row>
+    <row r="377" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B377" s="10"/>
+    </row>
+    <row r="378" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B378" s="10"/>
+    </row>
+    <row r="379" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B379" s="10"/>
+    </row>
+    <row r="380" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B380" s="10"/>
+    </row>
+    <row r="381" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B381" s="10"/>
+    </row>
+    <row r="382" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B382" s="10"/>
+    </row>
+    <row r="383" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B383" s="10"/>
+    </row>
+    <row r="384" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B384" s="10"/>
+    </row>
+    <row r="385" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B385" s="10"/>
+    </row>
+    <row r="386" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B386" s="10"/>
+    </row>
+    <row r="387" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B387" s="10"/>
+    </row>
+    <row r="388" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B388" s="10"/>
+    </row>
+    <row r="389" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B389" s="10"/>
+    </row>
+    <row r="390" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B390" s="10"/>
+    </row>
+    <row r="391" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B391" s="10"/>
+    </row>
+    <row r="392" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B392" s="10"/>
+    </row>
+    <row r="393" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B393" s="10"/>
+    </row>
+    <row r="394" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B394" s="10"/>
+    </row>
+    <row r="395" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B395" s="10"/>
+    </row>
+    <row r="396" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B396" s="10"/>
+    </row>
+    <row r="397" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B397" s="10"/>
+    </row>
+    <row r="398" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B398" s="10"/>
+    </row>
+    <row r="399" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B399" s="10"/>
+    </row>
+    <row r="400" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B400" s="10"/>
+    </row>
+    <row r="401" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B401" s="10"/>
+    </row>
+    <row r="402" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B402" s="10"/>
+    </row>
+    <row r="403" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B403" s="10"/>
+    </row>
+    <row r="404" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B404" s="10"/>
+    </row>
+    <row r="405" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B405" s="10"/>
+    </row>
+    <row r="406" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B406" s="10"/>
+    </row>
+    <row r="407" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B407" s="10"/>
+    </row>
+    <row r="408" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B408" s="10"/>
+    </row>
+    <row r="409" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B409" s="10"/>
+    </row>
+    <row r="410" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B410" s="10"/>
+    </row>
+    <row r="411" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B411" s="10"/>
+    </row>
+    <row r="412" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B412" s="10"/>
+    </row>
+    <row r="413" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B413" s="10"/>
+    </row>
+    <row r="414" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B414" s="10"/>
+    </row>
+    <row r="415" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B415" s="10"/>
+    </row>
+    <row r="416" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B416" s="10"/>
+    </row>
+    <row r="417" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B417" s="10"/>
+    </row>
+    <row r="418" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B418" s="10"/>
+    </row>
+    <row r="419" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B419" s="10"/>
+    </row>
+    <row r="420" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B420" s="10"/>
+    </row>
+    <row r="421" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B421" s="10"/>
+    </row>
+    <row r="422" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B422" s="10"/>
+    </row>
+    <row r="423" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B423" s="10"/>
+    </row>
+    <row r="424" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B424" s="10"/>
+    </row>
+    <row r="425" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B425" s="10"/>
+    </row>
+    <row r="426" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B426" s="10"/>
+    </row>
+    <row r="427" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B427" s="10"/>
+    </row>
+    <row r="428" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B428" s="10"/>
+    </row>
+    <row r="429" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B429" s="10"/>
+    </row>
+    <row r="430" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B430" s="10"/>
+    </row>
+    <row r="431" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B431" s="10"/>
+    </row>
+    <row r="432" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B432" s="10"/>
+    </row>
+    <row r="433" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B433" s="10"/>
+    </row>
+    <row r="434" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B434" s="10"/>
+    </row>
+    <row r="435" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B435" s="10"/>
+    </row>
+    <row r="436" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B436" s="10"/>
+    </row>
+    <row r="437" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B437" s="10"/>
+    </row>
+    <row r="438" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B438" s="10"/>
+    </row>
+    <row r="439" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B439" s="10"/>
+    </row>
+    <row r="440" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B440" s="10"/>
+    </row>
+    <row r="441" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B441" s="10"/>
+    </row>
+    <row r="442" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B442" s="10"/>
+    </row>
+    <row r="443" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B443" s="10"/>
+    </row>
+    <row r="444" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B444" s="10"/>
+    </row>
+    <row r="445" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B445" s="10"/>
+    </row>
+    <row r="446" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B446" s="10"/>
+    </row>
+    <row r="447" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B447" s="10"/>
+    </row>
+    <row r="448" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B448" s="10"/>
+    </row>
+    <row r="449" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B449" s="10"/>
+    </row>
+    <row r="450" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B450" s="10"/>
+    </row>
+    <row r="451" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B451" s="10"/>
+    </row>
+    <row r="452" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B452" s="10"/>
+    </row>
+    <row r="453" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B453" s="10"/>
+    </row>
+    <row r="454" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B454" s="10"/>
+    </row>
+    <row r="455" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B455" s="10"/>
+    </row>
+    <row r="456" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B456" s="10"/>
+    </row>
+    <row r="457" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B457" s="10"/>
+    </row>
+    <row r="458" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B458" s="10"/>
+    </row>
+    <row r="459" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B459" s="10"/>
+    </row>
+    <row r="460" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B460" s="10"/>
+    </row>
+    <row r="461" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B461" s="10"/>
+    </row>
+    <row r="462" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B462" s="10"/>
+    </row>
+    <row r="463" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B463" s="10"/>
+    </row>
+    <row r="464" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B464" s="10"/>
+    </row>
+    <row r="465" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B465" s="10"/>
+    </row>
+    <row r="466" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B466" s="10"/>
+    </row>
+    <row r="467" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B467" s="10"/>
+    </row>
+    <row r="468" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B468" s="10"/>
+    </row>
+    <row r="469" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B469" s="10"/>
+    </row>
+    <row r="470" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B470" s="10"/>
+    </row>
+    <row r="471" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B471" s="10"/>
+    </row>
+    <row r="472" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B472" s="10"/>
+    </row>
+    <row r="473" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B473" s="10"/>
+    </row>
+    <row r="474" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B474" s="10"/>
+    </row>
+    <row r="475" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B475" s="10"/>
+    </row>
+    <row r="476" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B476" s="10"/>
+    </row>
+    <row r="477" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B477" s="10"/>
+    </row>
+    <row r="478" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B478" s="10"/>
+    </row>
+    <row r="479" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B479" s="10"/>
+    </row>
+    <row r="480" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B480" s="10"/>
+    </row>
+    <row r="481" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B481" s="10"/>
+    </row>
+    <row r="482" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B482" s="10"/>
+    </row>
+    <row r="483" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B483" s="10"/>
+    </row>
+    <row r="484" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B484" s="10"/>
+    </row>
+    <row r="485" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B485" s="10"/>
+    </row>
+    <row r="486" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B486" s="10"/>
+    </row>
+    <row r="487" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B487" s="10"/>
+    </row>
+    <row r="488" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B488" s="10"/>
+    </row>
+    <row r="489" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B489" s="10"/>
+    </row>
+    <row r="490" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B490" s="10"/>
+    </row>
+    <row r="491" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B491" s="10"/>
+    </row>
+    <row r="492" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B492" s="10"/>
+    </row>
+    <row r="493" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B493" s="10"/>
+    </row>
+    <row r="494" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B494" s="10"/>
+    </row>
+    <row r="495" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B495" s="10"/>
+    </row>
+    <row r="496" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B496" s="10"/>
+    </row>
+    <row r="497" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B497" s="10"/>
+    </row>
+    <row r="498" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B498" s="10"/>
+    </row>
+    <row r="499" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B499" s="10"/>
+    </row>
+    <row r="500" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B500" s="10"/>
+    </row>
+    <row r="501" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B501" s="10"/>
+    </row>
+    <row r="502" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B502" s="10"/>
+    </row>
+    <row r="503" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B503" s="10"/>
+    </row>
+    <row r="504" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B504" s="10"/>
+    </row>
+    <row r="505" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B505" s="10"/>
+    </row>
+    <row r="506" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B506" s="10"/>
+    </row>
+    <row r="507" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B507" s="10"/>
+    </row>
+    <row r="508" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B508" s="10"/>
+    </row>
+    <row r="509" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B509" s="10"/>
+    </row>
+    <row r="510" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B510" s="10"/>
+    </row>
+    <row r="511" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B511" s="10"/>
+    </row>
+    <row r="512" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B512" s="10"/>
+    </row>
+    <row r="513" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B513" s="10"/>
+    </row>
+    <row r="514" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B514" s="10"/>
+    </row>
+    <row r="515" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B515" s="10"/>
+    </row>
+    <row r="516" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B516" s="10"/>
+    </row>
+    <row r="517" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B517" s="10"/>
+    </row>
+    <row r="518" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B518" s="10"/>
+    </row>
+    <row r="519" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B519" s="10"/>
+    </row>
+    <row r="520" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B520" s="10"/>
+    </row>
+    <row r="521" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B521" s="10"/>
+    </row>
+    <row r="522" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B522" s="10"/>
+    </row>
+    <row r="523" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B523" s="10"/>
+    </row>
+    <row r="524" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B524" s="10"/>
+    </row>
+    <row r="525" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B525" s="10"/>
+    </row>
+    <row r="526" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B526" s="10"/>
+    </row>
+    <row r="527" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B527" s="10"/>
+    </row>
+    <row r="528" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B528" s="10"/>
+    </row>
+    <row r="529" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B529" s="10"/>
+    </row>
+    <row r="530" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B530" s="10"/>
+    </row>
+    <row r="531" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B531" s="10"/>
+    </row>
+    <row r="532" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B532" s="10"/>
+    </row>
+    <row r="533" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B533" s="10"/>
+    </row>
+    <row r="534" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B534" s="10"/>
+    </row>
+    <row r="535" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B535" s="10"/>
+    </row>
+    <row r="536" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B536" s="10"/>
+    </row>
+    <row r="537" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B537" s="10"/>
+    </row>
+    <row r="538" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B538" s="10"/>
+    </row>
+    <row r="539" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B539" s="10"/>
+    </row>
+    <row r="540" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B540" s="10"/>
+    </row>
+    <row r="541" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B541" s="10"/>
+    </row>
+    <row r="542" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B542" s="10"/>
+    </row>
+    <row r="543" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B543" s="10"/>
+    </row>
+    <row r="544" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B544" s="10"/>
+    </row>
+    <row r="545" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B545" s="10"/>
+    </row>
+    <row r="546" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B546" s="10"/>
+    </row>
+    <row r="547" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B547" s="10"/>
+    </row>
+    <row r="548" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B548" s="10"/>
+    </row>
+    <row r="549" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B549" s="10"/>
+    </row>
+    <row r="550" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B550" s="10"/>
+    </row>
+    <row r="551" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B551" s="10"/>
+    </row>
+    <row r="552" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B552" s="10"/>
+    </row>
+    <row r="553" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B553" s="10"/>
+    </row>
+    <row r="554" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B554" s="10"/>
+    </row>
+    <row r="555" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B555" s="10"/>
+    </row>
+    <row r="556" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B556" s="10"/>
+    </row>
+    <row r="557" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B557" s="10"/>
+    </row>
+    <row r="558" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B558" s="10"/>
+    </row>
+    <row r="559" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B559" s="10"/>
+    </row>
+    <row r="560" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B560" s="10"/>
+    </row>
+    <row r="561" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B561" s="10"/>
+    </row>
+    <row r="562" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B562" s="10"/>
+    </row>
+    <row r="563" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B563" s="10"/>
+    </row>
+    <row r="564" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B564" s="10"/>
+    </row>
+    <row r="565" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B565" s="10"/>
+    </row>
+    <row r="566" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B566" s="10"/>
+    </row>
+    <row r="567" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B567" s="10"/>
+    </row>
+    <row r="568" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B568" s="10"/>
+    </row>
+    <row r="569" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B569" s="10"/>
+    </row>
+    <row r="570" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B570" s="10"/>
+    </row>
+    <row r="571" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B571" s="10"/>
+    </row>
+    <row r="572" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B572" s="10"/>
+    </row>
+    <row r="573" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B573" s="10"/>
+    </row>
+    <row r="574" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B574" s="10"/>
+    </row>
+    <row r="575" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B575" s="10"/>
+    </row>
+    <row r="576" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B576" s="10"/>
+    </row>
+    <row r="577" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B577" s="10"/>
+    </row>
+    <row r="578" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B578" s="10"/>
+    </row>
+    <row r="579" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B579" s="10"/>
+    </row>
+    <row r="580" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B580" s="10"/>
+    </row>
+    <row r="581" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B581" s="10"/>
+    </row>
+    <row r="582" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B582" s="10"/>
+    </row>
+    <row r="583" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B583" s="10"/>
+    </row>
+    <row r="584" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B584" s="10"/>
+    </row>
+    <row r="585" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B585" s="10"/>
+    </row>
+    <row r="586" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B586" s="10"/>
+    </row>
+    <row r="587" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B587" s="10"/>
+    </row>
+    <row r="588" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B588" s="10"/>
+    </row>
+    <row r="589" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B589" s="10"/>
+    </row>
+    <row r="590" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B590" s="10"/>
+    </row>
+    <row r="591" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B591" s="10"/>
+    </row>
+    <row r="592" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B592" s="10"/>
+    </row>
+    <row r="593" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B593" s="10"/>
+    </row>
+    <row r="594" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B594" s="10"/>
+    </row>
+    <row r="595" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B595" s="10"/>
+    </row>
+    <row r="596" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B596" s="10"/>
+    </row>
+    <row r="597" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B597" s="10"/>
+    </row>
+    <row r="598" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B598" s="10"/>
+    </row>
+    <row r="599" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B599" s="10"/>
+    </row>
+    <row r="600" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B600" s="10"/>
+    </row>
+    <row r="601" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B601" s="10"/>
+    </row>
+    <row r="602" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B602" s="10"/>
+    </row>
+    <row r="603" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B603" s="10"/>
+    </row>
+    <row r="604" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B604" s="10"/>
+    </row>
+    <row r="605" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B605" s="10"/>
+    </row>
+    <row r="606" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B606" s="10"/>
+    </row>
+    <row r="607" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B607" s="10"/>
+    </row>
+    <row r="608" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B608" s="10"/>
+    </row>
+    <row r="609" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B609" s="10"/>
+    </row>
+    <row r="610" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B610" s="10"/>
+    </row>
+    <row r="611" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B611" s="10"/>
+    </row>
+    <row r="612" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B612" s="10"/>
+    </row>
+    <row r="613" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B613" s="10"/>
+    </row>
+    <row r="614" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B614" s="10"/>
+    </row>
+    <row r="615" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B615" s="10"/>
+    </row>
+    <row r="616" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B616" s="10"/>
+    </row>
+    <row r="617" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B617" s="10"/>
+    </row>
+    <row r="618" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B618" s="10"/>
+    </row>
+    <row r="619" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B619" s="10"/>
+    </row>
+    <row r="620" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B620" s="10"/>
+    </row>
+    <row r="621" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B621" s="10"/>
+    </row>
+    <row r="622" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B622" s="10"/>
+    </row>
+    <row r="623" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B623" s="10"/>
+    </row>
+    <row r="624" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B624" s="10"/>
+    </row>
+    <row r="625" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B625" s="10"/>
+    </row>
+    <row r="626" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B626" s="10"/>
+    </row>
+    <row r="627" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B627" s="10"/>
+    </row>
+    <row r="628" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B628" s="10"/>
+    </row>
+    <row r="629" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B629" s="10"/>
+    </row>
+    <row r="630" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B630" s="10"/>
+    </row>
+    <row r="631" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B631" s="10"/>
+    </row>
+    <row r="632" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B632" s="10"/>
+    </row>
+    <row r="633" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B633" s="10"/>
+    </row>
+    <row r="634" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B634" s="10"/>
+    </row>
+    <row r="635" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B635" s="10"/>
+    </row>
+    <row r="636" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B636" s="10"/>
+    </row>
+    <row r="637" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B637" s="10"/>
+    </row>
+    <row r="638" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B638" s="10"/>
+    </row>
+    <row r="639" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B639" s="10"/>
+    </row>
+    <row r="640" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B640" s="10"/>
+    </row>
+    <row r="641" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B641" s="10"/>
+    </row>
+    <row r="642" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B642" s="10"/>
+    </row>
+    <row r="643" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B643" s="10"/>
+    </row>
+    <row r="644" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B644" s="10"/>
+    </row>
+    <row r="645" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B645" s="10"/>
+    </row>
+    <row r="646" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B646" s="10"/>
+    </row>
+    <row r="647" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B647" s="10"/>
+    </row>
+    <row r="648" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B648" s="10"/>
+    </row>
+    <row r="649" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B649" s="10"/>
+    </row>
+    <row r="650" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B650" s="10"/>
+    </row>
+    <row r="651" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B651" s="10"/>
+    </row>
+    <row r="652" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B652" s="10"/>
+    </row>
+    <row r="653" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B653" s="10"/>
+    </row>
+    <row r="654" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B654" s="10"/>
+    </row>
+    <row r="655" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B655" s="10"/>
+    </row>
+    <row r="656" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B656" s="10"/>
+    </row>
+    <row r="657" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B657" s="10"/>
+    </row>
+    <row r="658" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B658" s="10"/>
+    </row>
+    <row r="659" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B659" s="10"/>
+    </row>
+    <row r="660" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B660" s="10"/>
+    </row>
+    <row r="661" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B661" s="10"/>
+    </row>
+    <row r="662" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B662" s="10"/>
+    </row>
+    <row r="663" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B663" s="10"/>
+    </row>
+    <row r="664" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B664" s="10"/>
+    </row>
+    <row r="665" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B665" s="10"/>
+    </row>
+    <row r="666" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B666" s="10"/>
+    </row>
+    <row r="667" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B667" s="10"/>
+    </row>
+    <row r="668" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B668" s="10"/>
+    </row>
+    <row r="669" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B669" s="10"/>
+    </row>
+    <row r="670" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B670" s="10"/>
+    </row>
+    <row r="671" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B671" s="10"/>
+    </row>
+    <row r="672" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B672" s="10"/>
+    </row>
+    <row r="673" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B673" s="10"/>
+    </row>
+    <row r="674" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B674" s="10"/>
+    </row>
+    <row r="675" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B675" s="10"/>
+    </row>
+    <row r="676" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B676" s="10"/>
+    </row>
+    <row r="677" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B677" s="10"/>
+    </row>
+    <row r="678" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B678" s="10"/>
+    </row>
+    <row r="679" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B679" s="10"/>
+    </row>
+    <row r="680" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B680" s="10"/>
+    </row>
+    <row r="681" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B681" s="10"/>
+    </row>
+    <row r="682" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B682" s="10"/>
+    </row>
+    <row r="683" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B683" s="10"/>
+    </row>
+    <row r="684" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B684" s="10"/>
+    </row>
+    <row r="685" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B685" s="10"/>
+    </row>
+    <row r="686" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B686" s="10"/>
+    </row>
+    <row r="687" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B687" s="10"/>
+    </row>
+    <row r="688" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B688" s="10"/>
+    </row>
+    <row r="689" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B689" s="10"/>
+    </row>
+    <row r="690" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B690" s="10"/>
+    </row>
+    <row r="691" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B691" s="10"/>
+    </row>
+    <row r="692" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B692" s="10"/>
+    </row>
+    <row r="693" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B693" s="10"/>
+    </row>
+    <row r="694" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B694" s="10"/>
+    </row>
+    <row r="695" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B695" s="10"/>
+    </row>
+    <row r="696" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B696" s="10"/>
+    </row>
+    <row r="697" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B697" s="10"/>
+    </row>
+    <row r="698" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B698" s="10"/>
+    </row>
+    <row r="699" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B699" s="10"/>
+    </row>
+    <row r="700" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B700" s="10"/>
+    </row>
+    <row r="701" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B701" s="10"/>
+    </row>
+    <row r="702" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B702" s="10"/>
+    </row>
+    <row r="703" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B703" s="10"/>
+    </row>
+    <row r="704" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B704" s="10"/>
+    </row>
+    <row r="705" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B705" s="10"/>
+    </row>
+    <row r="706" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B706" s="10"/>
+    </row>
+    <row r="707" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B707" s="10"/>
+    </row>
+    <row r="708" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B708" s="10"/>
+    </row>
+    <row r="709" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B709" s="10"/>
+    </row>
+    <row r="710" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B710" s="10"/>
+    </row>
+    <row r="711" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B711" s="10"/>
+    </row>
+    <row r="712" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B712" s="10"/>
+    </row>
+    <row r="713" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B713" s="10"/>
+    </row>
+    <row r="714" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B714" s="10"/>
+    </row>
+    <row r="715" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B715" s="10"/>
+    </row>
+    <row r="716" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B716" s="10"/>
+    </row>
+    <row r="717" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B717" s="10"/>
+    </row>
+    <row r="718" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B718" s="10"/>
+    </row>
+    <row r="719" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B719" s="10"/>
+    </row>
+    <row r="720" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B720" s="10"/>
+    </row>
+    <row r="721" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B721" s="10"/>
+    </row>
+    <row r="722" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B722" s="10"/>
+    </row>
+    <row r="723" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B723" s="10"/>
+    </row>
+    <row r="724" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B724" s="10"/>
+    </row>
+    <row r="725" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B725" s="10"/>
+    </row>
+    <row r="726" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B726" s="10"/>
+    </row>
+    <row r="727" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B727" s="10"/>
+    </row>
+    <row r="728" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B728" s="10"/>
+    </row>
+    <row r="729" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B729" s="10"/>
+    </row>
+    <row r="730" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B730" s="10"/>
+    </row>
+    <row r="731" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B731" s="10"/>
+    </row>
+    <row r="732" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B732" s="10"/>
+    </row>
+    <row r="733" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B733" s="10"/>
+    </row>
+    <row r="734" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B734" s="10"/>
+    </row>
+    <row r="735" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B735" s="10"/>
+    </row>
+    <row r="736" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B736" s="10"/>
+    </row>
+    <row r="737" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B737" s="10"/>
+    </row>
+    <row r="738" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B738" s="10"/>
+    </row>
+    <row r="739" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B739" s="10"/>
+    </row>
+    <row r="740" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B740" s="10"/>
+    </row>
+    <row r="741" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B741" s="10"/>
+    </row>
+    <row r="742" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B742" s="10"/>
+    </row>
+    <row r="743" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B743" s="10"/>
+    </row>
+    <row r="744" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B744" s="10"/>
+    </row>
+    <row r="745" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B745" s="10"/>
+    </row>
+    <row r="746" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B746" s="10"/>
+    </row>
+    <row r="747" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B747" s="10"/>
+    </row>
+    <row r="748" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B748" s="10"/>
+    </row>
+    <row r="749" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B749" s="10"/>
+    </row>
+    <row r="750" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B750" s="10"/>
+    </row>
+    <row r="751" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B751" s="10"/>
+    </row>
+    <row r="752" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B752" s="10"/>
+    </row>
+    <row r="753" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B753" s="10"/>
+    </row>
+    <row r="754" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B754" s="10"/>
+    </row>
+    <row r="755" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B755" s="10"/>
+    </row>
+    <row r="756" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B756" s="10"/>
+    </row>
+    <row r="757" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B757" s="10"/>
+    </row>
+    <row r="758" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B758" s="10"/>
+    </row>
+    <row r="759" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B759" s="10"/>
+    </row>
+    <row r="760" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B760" s="10"/>
+    </row>
+    <row r="761" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B761" s="10"/>
+    </row>
+    <row r="762" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B762" s="10"/>
+    </row>
+    <row r="763" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B763" s="10"/>
+    </row>
+    <row r="764" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B764" s="10"/>
+    </row>
+    <row r="765" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B765" s="10"/>
+    </row>
+    <row r="766" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B766" s="10"/>
+    </row>
+    <row r="767" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B767" s="10"/>
+    </row>
+    <row r="768" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B768" s="10"/>
+    </row>
+    <row r="769" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B769" s="10"/>
+    </row>
+    <row r="770" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B770" s="10"/>
+    </row>
+    <row r="771" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B771" s="10"/>
+    </row>
+    <row r="772" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B772" s="10"/>
+    </row>
+    <row r="773" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B773" s="10"/>
+    </row>
+    <row r="774" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B774" s="10"/>
+    </row>
+    <row r="775" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B775" s="10"/>
+    </row>
+    <row r="776" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B776" s="10"/>
+    </row>
+    <row r="777" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B777" s="10"/>
+    </row>
+    <row r="778" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B778" s="10"/>
+    </row>
+    <row r="779" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B779" s="10"/>
+    </row>
+    <row r="780" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B780" s="10"/>
+    </row>
+    <row r="781" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B781" s="10"/>
+    </row>
+    <row r="782" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B782" s="10"/>
+    </row>
+    <row r="783" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B783" s="10"/>
+    </row>
+    <row r="784" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B784" s="10"/>
+    </row>
+    <row r="785" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B785" s="10"/>
+    </row>
+    <row r="786" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B786" s="10"/>
+    </row>
+    <row r="787" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B787" s="10"/>
+    </row>
+    <row r="788" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B788" s="10"/>
+    </row>
+    <row r="789" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B789" s="10"/>
+    </row>
+    <row r="790" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B790" s="10"/>
+    </row>
+    <row r="791" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B791" s="10"/>
+    </row>
+    <row r="792" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B792" s="10"/>
+    </row>
+    <row r="793" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B793" s="10"/>
+    </row>
+    <row r="794" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B794" s="10"/>
+    </row>
+    <row r="795" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B795" s="10"/>
+    </row>
+    <row r="796" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B796" s="10"/>
+    </row>
+    <row r="797" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B797" s="10"/>
+    </row>
+    <row r="798" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B798" s="10"/>
+    </row>
+    <row r="799" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B799" s="10"/>
+    </row>
+    <row r="800" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B800" s="10"/>
+    </row>
+    <row r="801" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B801" s="10"/>
+    </row>
+    <row r="802" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B802" s="10"/>
+    </row>
+    <row r="803" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B803" s="10"/>
+    </row>
+    <row r="804" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B804" s="10"/>
+    </row>
+    <row r="805" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B805" s="10"/>
+    </row>
+    <row r="806" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B806" s="10"/>
+    </row>
+    <row r="807" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B807" s="10"/>
+    </row>
+    <row r="808" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B808" s="10"/>
+    </row>
+    <row r="809" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B809" s="10"/>
+    </row>
+    <row r="810" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B810" s="10"/>
+    </row>
+    <row r="811" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B811" s="10"/>
+    </row>
+    <row r="812" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B812" s="10"/>
+    </row>
+    <row r="813" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B813" s="10"/>
+    </row>
+    <row r="814" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B814" s="10"/>
+    </row>
+    <row r="815" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B815" s="10"/>
+    </row>
+    <row r="816" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B816" s="10"/>
+    </row>
+    <row r="817" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B817" s="10"/>
+    </row>
+    <row r="818" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B818" s="10"/>
+    </row>
+    <row r="819" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B819" s="10"/>
+    </row>
+    <row r="820" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B820" s="10"/>
+    </row>
+    <row r="821" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B821" s="10"/>
+    </row>
+    <row r="822" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B822" s="10"/>
+    </row>
+    <row r="823" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B823" s="10"/>
+    </row>
+    <row r="824" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B824" s="10"/>
+    </row>
+    <row r="825" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B825" s="10"/>
+    </row>
+    <row r="826" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B826" s="10"/>
+    </row>
+    <row r="827" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B827" s="10"/>
+    </row>
+    <row r="828" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B828" s="10"/>
+    </row>
+    <row r="829" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B829" s="10"/>
+    </row>
+    <row r="830" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B830" s="10"/>
+    </row>
+    <row r="831" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B831" s="10"/>
+    </row>
+    <row r="832" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B832" s="10"/>
+    </row>
+    <row r="833" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B833" s="10"/>
+    </row>
+    <row r="834" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B834" s="10"/>
+    </row>
+    <row r="835" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B835" s="10"/>
+    </row>
+    <row r="836" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B836" s="10"/>
+    </row>
+    <row r="837" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B837" s="10"/>
+    </row>
+    <row r="838" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B838" s="10"/>
+    </row>
+    <row r="839" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B839" s="10"/>
+    </row>
+    <row r="840" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B840" s="10"/>
+    </row>
+    <row r="841" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B841" s="10"/>
+    </row>
+    <row r="842" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B842" s="10"/>
+    </row>
+    <row r="843" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B843" s="10"/>
+    </row>
+    <row r="844" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B844" s="10"/>
+    </row>
+    <row r="845" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B845" s="10"/>
+    </row>
+    <row r="846" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B846" s="10"/>
+    </row>
+    <row r="847" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B847" s="10"/>
+    </row>
+    <row r="848" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B848" s="10"/>
+    </row>
+    <row r="849" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B849" s="10"/>
+    </row>
+    <row r="850" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B850" s="10"/>
+    </row>
+    <row r="851" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B851" s="10"/>
+    </row>
+    <row r="852" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B852" s="10"/>
+    </row>
+    <row r="853" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B853" s="10"/>
+    </row>
+    <row r="854" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B854" s="10"/>
+    </row>
+    <row r="855" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B855" s="10"/>
+    </row>
+    <row r="856" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B856" s="10"/>
+    </row>
+    <row r="857" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B857" s="10"/>
+    </row>
+    <row r="858" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B858" s="10"/>
+    </row>
+    <row r="859" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B859" s="10"/>
+    </row>
+    <row r="860" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B860" s="10"/>
+    </row>
+    <row r="861" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B861" s="10"/>
+    </row>
+    <row r="862" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B862" s="10"/>
+    </row>
+    <row r="863" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B863" s="10"/>
+    </row>
+    <row r="864" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B864" s="10"/>
+    </row>
+    <row r="865" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B865" s="10"/>
+    </row>
+    <row r="866" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B866" s="10"/>
+    </row>
+    <row r="867" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B867" s="10"/>
+    </row>
+    <row r="868" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B868" s="10"/>
+    </row>
+    <row r="869" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B869" s="10"/>
+    </row>
+    <row r="870" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B870" s="10"/>
+    </row>
+    <row r="871" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B871" s="10"/>
+    </row>
+    <row r="872" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B872" s="10"/>
+    </row>
+    <row r="873" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B873" s="10"/>
+    </row>
+    <row r="874" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B874" s="10"/>
+    </row>
+    <row r="875" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B875" s="10"/>
+    </row>
+    <row r="876" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B876" s="10"/>
+    </row>
+    <row r="877" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B877" s="10"/>
+    </row>
+    <row r="878" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B878" s="10"/>
+    </row>
+    <row r="879" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B879" s="10"/>
+    </row>
+    <row r="880" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B880" s="10"/>
+    </row>
+    <row r="881" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B881" s="10"/>
+    </row>
+    <row r="882" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B882" s="10"/>
+    </row>
+    <row r="883" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B883" s="10"/>
+    </row>
+    <row r="884" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B884" s="10"/>
+    </row>
+    <row r="885" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B885" s="10"/>
+    </row>
+    <row r="886" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B886" s="10"/>
+    </row>
+    <row r="887" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B887" s="10"/>
+    </row>
+    <row r="888" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B888" s="10"/>
+    </row>
+    <row r="889" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B889" s="10"/>
+    </row>
+    <row r="890" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B890" s="10"/>
+    </row>
+    <row r="891" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B891" s="10"/>
+    </row>
+    <row r="892" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B892" s="10"/>
+    </row>
+    <row r="893" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B893" s="10"/>
+    </row>
+    <row r="894" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B894" s="10"/>
+    </row>
+    <row r="895" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B895" s="10"/>
+    </row>
+    <row r="896" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B896" s="10"/>
+    </row>
+    <row r="897" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B897" s="10"/>
+    </row>
+    <row r="898" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B898" s="10"/>
+    </row>
+    <row r="899" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B899" s="10"/>
+    </row>
+    <row r="900" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B900" s="10"/>
+    </row>
+    <row r="901" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B901" s="10"/>
+    </row>
+    <row r="902" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B902" s="10"/>
+    </row>
+    <row r="903" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B903" s="10"/>
+    </row>
+    <row r="904" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B904" s="10"/>
+    </row>
+    <row r="905" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B905" s="10"/>
+    </row>
+    <row r="906" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B906" s="10"/>
+    </row>
+    <row r="907" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B907" s="10"/>
+    </row>
+    <row r="908" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B908" s="10"/>
+    </row>
+    <row r="909" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B909" s="10"/>
+    </row>
+    <row r="910" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B910" s="10"/>
+    </row>
+    <row r="911" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B911" s="10"/>
+    </row>
+    <row r="912" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B912" s="10"/>
+    </row>
+    <row r="913" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B913" s="10"/>
+    </row>
+    <row r="914" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B914" s="10"/>
+    </row>
+    <row r="915" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B915" s="10"/>
+    </row>
+    <row r="916" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B916" s="10"/>
+    </row>
+    <row r="917" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B917" s="10"/>
+    </row>
+    <row r="918" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B918" s="10"/>
+    </row>
+    <row r="919" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B919" s="10"/>
+    </row>
+    <row r="920" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B920" s="10"/>
+    </row>
+    <row r="921" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B921" s="10"/>
+    </row>
+    <row r="922" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B922" s="10"/>
+    </row>
+    <row r="923" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B923" s="10"/>
+    </row>
+    <row r="924" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B924" s="10"/>
+    </row>
+    <row r="925" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B925" s="10"/>
+    </row>
+    <row r="926" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B926" s="10"/>
+    </row>
+    <row r="927" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B927" s="10"/>
+    </row>
+    <row r="928" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B928" s="10"/>
+    </row>
+    <row r="929" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B929" s="10"/>
+    </row>
+    <row r="930" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B930" s="10"/>
+    </row>
+    <row r="931" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B931" s="10"/>
+    </row>
+    <row r="932" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B932" s="10"/>
+    </row>
+    <row r="933" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B933" s="10"/>
+    </row>
+    <row r="934" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B934" s="10"/>
+    </row>
+    <row r="935" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B935" s="10"/>
+    </row>
+    <row r="936" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B936" s="10"/>
+    </row>
+    <row r="937" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B937" s="10"/>
+    </row>
+    <row r="938" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B938" s="10"/>
+    </row>
+    <row r="939" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B939" s="10"/>
+    </row>
+    <row r="940" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B940" s="10"/>
+    </row>
+    <row r="941" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B941" s="10"/>
+    </row>
+    <row r="942" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B942" s="10"/>
+    </row>
+    <row r="943" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B943" s="10"/>
+    </row>
+    <row r="944" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B944" s="10"/>
+    </row>
+    <row r="945" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B945" s="10"/>
+    </row>
+    <row r="946" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B946" s="10"/>
+    </row>
+    <row r="947" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B947" s="10"/>
+    </row>
+    <row r="948" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B948" s="10"/>
+    </row>
+    <row r="949" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B949" s="10"/>
+    </row>
+    <row r="950" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B950" s="10"/>
+    </row>
+    <row r="951" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B951" s="10"/>
+    </row>
+    <row r="952" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B952" s="10"/>
+    </row>
+    <row r="953" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B953" s="10"/>
+    </row>
+    <row r="954" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B954" s="10"/>
+    </row>
+    <row r="955" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B955" s="10"/>
+    </row>
+    <row r="956" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B956" s="10"/>
+    </row>
+    <row r="957" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B957" s="10"/>
+    </row>
+    <row r="958" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B958" s="10"/>
+    </row>
+    <row r="959" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B959" s="10"/>
+    </row>
+    <row r="960" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B960" s="10"/>
+    </row>
+    <row r="961" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B961" s="10"/>
+    </row>
+    <row r="962" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B962" s="10"/>
+    </row>
+    <row r="963" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B963" s="10"/>
+    </row>
+    <row r="964" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B964" s="10"/>
+    </row>
+    <row r="965" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B965" s="10"/>
+    </row>
+    <row r="966" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B966" s="10"/>
+    </row>
+    <row r="967" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B967" s="10"/>
+    </row>
+    <row r="968" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B968" s="10"/>
+    </row>
+    <row r="969" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B969" s="10"/>
+    </row>
+    <row r="970" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B970" s="10"/>
+    </row>
+    <row r="971" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B971" s="10"/>
+    </row>
+    <row r="972" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B972" s="10"/>
+    </row>
+    <row r="973" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B973" s="10"/>
+    </row>
+    <row r="974" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B974" s="10"/>
+    </row>
+    <row r="975" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B975" s="10"/>
+    </row>
+    <row r="976" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B976" s="10"/>
+    </row>
+    <row r="977" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B977" s="10"/>
+    </row>
+    <row r="978" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B978" s="10"/>
+    </row>
+    <row r="979" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B979" s="10"/>
+    </row>
+    <row r="980" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B980" s="10"/>
+    </row>
+    <row r="981" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B981" s="10"/>
+    </row>
+    <row r="982" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B982" s="10"/>
+    </row>
+    <row r="983" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B983" s="10"/>
+    </row>
+    <row r="984" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B984" s="10"/>
+    </row>
+    <row r="985" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B985" s="10"/>
+    </row>
+    <row r="986" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B986" s="10"/>
+    </row>
+    <row r="987" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B987" s="10"/>
+    </row>
+    <row r="988" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B988" s="10"/>
+    </row>
+    <row r="989" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B989" s="10"/>
+    </row>
+    <row r="990" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B990" s="10"/>
+    </row>
   </sheetData>
-  <autoFilter ref="B1:L67" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <autoFilter ref="A1:K67" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:K12"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="L8" sqref="L8"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="14.5" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="17.1640625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="38" customWidth="1"/>
+    <col min="1" max="1" width="21.6640625" customWidth="1"/>
+    <col min="5" max="5" width="20.5" customWidth="1"/>
+    <col min="7" max="7" width="19.83203125" customWidth="1"/>
+    <col min="9" max="9" width="41.1640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="26" x14ac:dyDescent="0.2">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A1" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="8" t="s">
+      <c r="B1" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="C1" s="8" t="s">
+      <c r="C1" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="D1" s="8" t="s">
+      <c r="D1" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E1" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E1" s="8" t="s">
+      <c r="F1" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="F1" s="8" t="s">
+      <c r="G1" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="G1" s="8" t="s">
+      <c r="H1" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="H1" s="8" t="s">
+      <c r="I1" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="I1" s="8" t="s">
+      <c r="J1" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="J1" s="8" t="s">
+      <c r="K1" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="K1" s="8" t="s">
+    </row>
+    <row r="2" spans="1:11" ht="65" x14ac:dyDescent="0.2">
+      <c r="A2" s="8" t="s">
         <v>36</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B2" s="10" t="s">
+      <c r="B2" s="9" t="s">
+        <v>329</v>
+      </c>
+      <c r="C2" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D2" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E2" s="8" t="s">
+        <v>331</v>
+      </c>
+      <c r="F2" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G2" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I2" s="8" t="s">
+        <v>332</v>
+      </c>
+      <c r="J2" s="8" t="s">
         <v>333</v>
       </c>
-      <c r="C2" s="9" t="s">
+      <c r="K2" s="8" t="s">
         <v>334</v>
       </c>
-      <c r="D2" s="9" t="s">
+    </row>
+    <row r="3" spans="1:11" ht="78" x14ac:dyDescent="0.2">
+      <c r="A3" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" s="9" t="s">
         <v>335</v>
       </c>
-      <c r="E2" s="9" t="s">
+      <c r="C3" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D3" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E3" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="F2" s="9" t="s">
+      <c r="G3" s="8" t="s">
+        <v>336</v>
+      </c>
+      <c r="H3" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="J3" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K3" s="8" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="65" x14ac:dyDescent="0.2">
+      <c r="A4" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>338</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="G2" s="9" t="s">
+      <c r="F4" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="I4" s="8" t="s">
+        <v>339</v>
+      </c>
+      <c r="J4" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K4" s="8" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A5" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>341</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>342</v>
+      </c>
+      <c r="H5" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="H2" s="9" t="s">
-[...23 lines deleted...]
-      <c r="D3" s="9" t="s">
+      <c r="I5" s="8" t="s">
+        <v>343</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" s="8" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="104" x14ac:dyDescent="0.2">
+      <c r="A6" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>377</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A7" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>348</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="I7" s="8" t="s">
+        <v>349</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K7" s="8" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="130" x14ac:dyDescent="0.2">
+      <c r="A8" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>351</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="E3" s="9" t="s">
+      <c r="J8" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K8" s="8" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="65" x14ac:dyDescent="0.2">
+      <c r="A9" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>353</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="F3" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G3" s="9" t="s">
+      <c r="G9" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" s="8" t="s">
+        <v>354</v>
+      </c>
+      <c r="J9" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" s="8" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="39" x14ac:dyDescent="0.2">
+      <c r="A10" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>356</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>357</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>358</v>
+      </c>
+      <c r="J10" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K10" s="8" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="52" x14ac:dyDescent="0.2">
+      <c r="A11" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" s="9" t="s">
+        <v>360</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="H3" s="9" t="s">
-[...26 lines deleted...]
-      <c r="E4" s="9" t="s">
+      <c r="I11" s="8" t="s">
+        <v>361</v>
+      </c>
+      <c r="J11" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K11" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="91" x14ac:dyDescent="0.2">
+      <c r="A12" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="F4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="9" t="s">
+      <c r="G12" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="H4" s="9" t="s">
-[...287 lines deleted...]
-      <c r="H12" s="9" t="s">
+      <c r="I12" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="I12" s="9" t="s">
+      <c r="J12" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="J12" s="9" t="s">
+      <c r="K12" s="8" t="s">
         <v>45</v>
       </c>
-      <c r="K12" s="11" t="str">
-[...2 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:K1" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <autoFilter ref="A1:K12" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:C12"/>
+  <dimension ref="A1:C8"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A8" workbookViewId="0">
-      <selection activeCell="B16" sqref="B16"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="14.5" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="2" max="2" width="45.1640625" customWidth="1"/>
-    <col min="3" max="3" width="50.1640625" customWidth="1"/>
+    <col min="2" max="2" width="42.6640625" customWidth="1"/>
+    <col min="3" max="3" width="59" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="30" t="s">
+    <row r="1" spans="1:3" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="23" t="s">
+        <v>363</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="25"/>
+    </row>
+    <row r="2" spans="1:3" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="26" t="s">
+        <v>364</v>
+      </c>
+      <c r="B2" s="27"/>
+      <c r="C2" s="21"/>
+    </row>
+    <row r="3" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="16" t="s">
+        <v>365</v>
+      </c>
+      <c r="B3" s="16" t="s">
+        <v>366</v>
+      </c>
+      <c r="C3" s="16" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A4" s="11">
+        <v>45943</v>
+      </c>
+      <c r="B4" s="12" t="s">
+        <v>368</v>
+      </c>
+      <c r="C4" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="43" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="13">
+        <v>45951</v>
+      </c>
+      <c r="B5" s="14" t="s">
         <v>370</v>
       </c>
-      <c r="B1" s="31"/>
-[...3 lines deleted...]
-      <c r="A2" s="32" t="s">
+      <c r="C5" s="15" t="s">
         <v>371</v>
       </c>
-      <c r="B2" s="31"/>
-[...17 lines deleted...]
-      <c r="B4" s="15" t="s">
+    </row>
+    <row r="6" spans="1:3" ht="138" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="13">
+        <v>45954</v>
+      </c>
+      <c r="B6" s="14" t="s">
+        <v>383</v>
+      </c>
+      <c r="C6" s="14" t="s">
         <v>375</v>
       </c>
-      <c r="C4" s="15" t="s">
-[...26 lines deleted...]
-      <c r="A7" s="18">
+    </row>
+    <row r="7" spans="1:3" ht="240" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="13">
         <v>45960</v>
       </c>
-      <c r="B7" s="19" t="s">
+      <c r="B7" s="14" t="s">
         <v>380</v>
       </c>
-      <c r="C7" s="19" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="20">
+      <c r="C7" s="15" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="76" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="28">
         <v>45965</v>
       </c>
-      <c r="B8" s="19" t="s">
-[...10 lines deleted...]
-      <c r="B9" s="22" t="s">
+      <c r="B8" s="14" t="s">
         <v>382</v>
       </c>
-      <c r="C9" s="22" t="s">
-[...33 lines deleted...]
-        <v>392</v>
+      <c r="C8" s="15" t="s">
+        <v>371</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>